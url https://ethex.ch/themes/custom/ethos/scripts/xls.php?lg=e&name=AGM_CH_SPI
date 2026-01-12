--- v0 (2025-10-22)
+++ v1 (2026-01-12)
@@ -12,1952 +12,1625 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="634">
-[...1 lines deleted...]
-    <t>List of general meetings from 01.01.2025 to 31.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
+  <si>
+    <t>List of general meetings from 01.01.2026 to 31.12.2026</t>
   </si>
   <si>
     <t>Num</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Type of share</t>
   </si>
   <si>
     <t>SMI</t>
   </si>
   <si>
     <t>SLI</t>
   </si>
   <si>
     <t>SMI Exp</t>
   </si>
   <si>
     <t>100 GM</t>
   </si>
   <si>
     <t>Ethos standard voting universe</t>
   </si>
   <si>
+    <t>CH0427260721</t>
+  </si>
+  <si>
+    <t>1291 Die Schweizer Anlagestiftung</t>
+  </si>
+  <si>
+    <t>Pending</t>
+  </si>
+  <si>
+    <t>Annual General Meeting</t>
+  </si>
+  <si>
+    <t>Registered share</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>CH1166496989</t>
+  </si>
+  <si>
     <t>CH0012221716</t>
   </si>
   <si>
     <t>ABB</t>
   </si>
   <si>
-    <t>27/03/2025 10:00</t>
-[...5 lines deleted...]
-    <t>Registered share</t>
+    <t>19/03/2026 10:00</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>CH1169360919</t>
   </si>
   <si>
     <t>Accelleron Industries</t>
   </si>
   <si>
-    <t>06/05/2025 09:00</t>
-[...2 lines deleted...]
-    <t>No</t>
+    <t>28/04/2026 09:00</t>
   </si>
   <si>
     <t>CH0029850754</t>
   </si>
   <si>
     <t>Addex Therapeutics</t>
   </si>
   <si>
-    <t>24/06/2025 11:00</t>
-[...10 lines deleted...]
-  <si>
     <t>CH0008967926</t>
   </si>
   <si>
     <t>Adval Tech</t>
   </si>
   <si>
-    <t>15/05/2025 15:45</t>
+    <t>21/05/2026 15:45</t>
   </si>
   <si>
     <t>CH0478634105</t>
   </si>
   <si>
     <t>Aevis Victoria</t>
   </si>
   <si>
-    <t>21/05/2025 14:00</t>
-[...8 lines deleted...]
-    <t>08/07/2025 11:00</t>
+    <t>CH0432492467</t>
+  </si>
+  <si>
+    <t>Alcon</t>
+  </si>
+  <si>
+    <t>30/04/2026 09:30</t>
+  </si>
+  <si>
+    <t>CH0008837566</t>
+  </si>
+  <si>
+    <t>Allreal</t>
+  </si>
+  <si>
+    <t>17/04/2026 16:00</t>
+  </si>
+  <si>
+    <t>CH0024590272</t>
+  </si>
+  <si>
+    <t>Also</t>
+  </si>
+  <si>
+    <t>18/03/2026 14:30</t>
+  </si>
+  <si>
+    <t>CH1430134226</t>
+  </si>
+  <si>
+    <t>Amrize</t>
+  </si>
+  <si>
+    <t>AT0000A3EPA4</t>
+  </si>
+  <si>
+    <t>ams-Osram</t>
+  </si>
+  <si>
+    <t>10/06/2026 10:00</t>
+  </si>
+  <si>
+    <t>Bearer share</t>
+  </si>
+  <si>
+    <t>CH0020488190</t>
+  </si>
+  <si>
+    <t>Anlagestiftung Pensimo</t>
+  </si>
+  <si>
+    <t>CH0020488224</t>
+  </si>
+  <si>
+    <t>CH0106150136</t>
+  </si>
+  <si>
+    <t>Anlagestiftung Swiss Life</t>
+  </si>
+  <si>
+    <t>CH0136837587</t>
+  </si>
+  <si>
+    <t>CH0385556482</t>
+  </si>
+  <si>
+    <t>CH0568479858</t>
+  </si>
+  <si>
+    <t>CH0568481409</t>
+  </si>
+  <si>
+    <t>CH0019107025</t>
+  </si>
+  <si>
+    <t>APG|SGA</t>
+  </si>
+  <si>
+    <t>23/01/2026 16:30</t>
   </si>
   <si>
     <t>Extraordinary General Meeting</t>
   </si>
   <si>
-    <t>CH0432492467</t>
-[...44 lines deleted...]
-    <t>24/04/2025 16:30</t>
+    <t>23/04/2026 16:30</t>
   </si>
   <si>
     <t>CH0110240600</t>
   </si>
   <si>
     <t>Arbonia</t>
   </si>
   <si>
-    <t>25/04/2025 14:00</t>
+    <t>24/04/2026 14:00</t>
   </si>
   <si>
     <t>CH1425684714</t>
   </si>
   <si>
     <t>Aryzta</t>
   </si>
   <si>
-    <t>30/04/2025 11:00</t>
+    <t>29/04/2026 11:00</t>
   </si>
   <si>
     <t>CH0011339204</t>
   </si>
   <si>
     <t>Ascom</t>
   </si>
   <si>
-    <t>16/04/2025 14:00</t>
+    <t>22/04/2026 14:00</t>
   </si>
   <si>
     <t>CH0404880129</t>
   </si>
   <si>
     <t>ASmallWorld</t>
   </si>
   <si>
-    <t>25/04/2025 09:30</t>
-[...17 lines deleted...]
-    <t>14/05/2025 14:30</t>
+    <t>24/04/2026 09:30</t>
+  </si>
+  <si>
+    <t>CH0009359354</t>
+  </si>
+  <si>
+    <t>Avadis Anlagestiftung</t>
+  </si>
+  <si>
+    <t>CH0141268083</t>
+  </si>
+  <si>
+    <t>CH0547737087</t>
   </si>
   <si>
     <t>CH0012530207</t>
   </si>
   <si>
     <t>Bachem</t>
   </si>
   <si>
-    <t>30/04/2025 16:00</t>
+    <t>29/04/2026 16:00</t>
   </si>
   <si>
     <t>CH1176493729</t>
   </si>
   <si>
     <t>CH0012410517</t>
   </si>
   <si>
     <t>Baloise Holding</t>
   </si>
   <si>
-    <t>25/04/2025 10:15</t>
-[...4 lines deleted...]
-  <si>
     <t>CH0350494719</t>
   </si>
   <si>
     <t>Banque Cantonale de Genève</t>
   </si>
   <si>
-    <t>29/04/2025 17:30</t>
+    <t>28/04/2026 17:30</t>
   </si>
   <si>
     <t>CH1485899350</t>
   </si>
   <si>
-    <t>CH0350665672</t>
-[...7 lines deleted...]
-  <si>
     <t>CH0305951201</t>
   </si>
   <si>
     <t>Banque Cantonale du Valais</t>
   </si>
   <si>
-    <t>03/06/2025 11:00</t>
+    <t>24/04/2026 11:00</t>
   </si>
   <si>
     <t>CH0531751755</t>
   </si>
   <si>
     <t>Banque Cantonale Vaudoise</t>
   </si>
   <si>
-    <t>08/05/2025 16:00</t>
+    <t>30/04/2026 16:00</t>
   </si>
   <si>
     <t>CH0009002962</t>
   </si>
   <si>
     <t>Barry Callebaut</t>
   </si>
   <si>
-    <t>10/12/2025 14:30</t>
+    <t>09/12/2026 14:30</t>
   </si>
   <si>
     <t>CH0011432447</t>
   </si>
   <si>
     <t>Basilea</t>
   </si>
   <si>
-    <t>CH0038389992</t>
-[...7 lines deleted...]
-  <si>
     <t>CH1101098163</t>
   </si>
   <si>
     <t>Belimo</t>
   </si>
   <si>
-    <t>24/03/2025 17:30</t>
-[...8 lines deleted...]
-    <t>08/04/2025 16:00</t>
+    <t>23/03/2026 17:30</t>
   </si>
   <si>
     <t>CH0028422100</t>
   </si>
   <si>
     <t>Bellevue Group</t>
   </si>
   <si>
-    <t>18/03/2025 16:00</t>
+    <t>24/03/2026 16:00</t>
   </si>
   <si>
     <t>CH0527044959</t>
   </si>
   <si>
     <t>Bergbahnen Engelberg-Trübsee-Titlis</t>
   </si>
   <si>
-    <t>19/02/2025 09:30</t>
+    <t>25/02/2026 09:30</t>
   </si>
   <si>
     <t>CH0009691608</t>
   </si>
   <si>
     <t>Berner Kantonalbank</t>
   </si>
   <si>
-    <t>13/05/2025 16:30</t>
-[...26 lines deleted...]
-    <t>25/04/2025 10:00</t>
+    <t>12/05/2026 16:30</t>
   </si>
   <si>
     <t>CH0011075451</t>
   </si>
   <si>
     <t>bonainvest Holding</t>
   </si>
   <si>
-    <t>22/05/2025 11:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0238627142</t>
   </si>
   <si>
     <t>Bossard</t>
   </si>
   <si>
-    <t>11/04/2025 16:00</t>
+    <t>10/04/2026 16:00</t>
   </si>
   <si>
     <t>CH0002432174</t>
   </si>
   <si>
     <t>Bucher Industries</t>
   </si>
   <si>
-    <t>16/04/2025 15:30</t>
+    <t>16/04/2026 15:30</t>
   </si>
   <si>
     <t>CH1300646267</t>
   </si>
   <si>
     <t>Bunge</t>
   </si>
   <si>
-    <t>15/05/2025 15:30</t>
-[...19 lines deleted...]
-  <si>
     <t>CH0008207356</t>
   </si>
   <si>
     <t>BVZ Holding</t>
   </si>
   <si>
-    <t>09/04/2025 13:30</t>
+    <t>08/04/2026 13:30</t>
   </si>
   <si>
     <t>CH0244017502</t>
   </si>
   <si>
     <t>Bystronic</t>
   </si>
   <si>
-    <t>22/04/2025 16:30</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0126639464</t>
   </si>
   <si>
     <t>Calida</t>
   </si>
   <si>
-    <t>08/04/2025 13:30</t>
+    <t>15/04/2026 13:30</t>
   </si>
   <si>
     <t>CH0011003594</t>
   </si>
   <si>
     <t>Carlo Gavazzi</t>
   </si>
   <si>
-    <t>29/07/2025 10:30</t>
-[...1 lines deleted...]
-  <si>
     <t>CH1278877563</t>
   </si>
   <si>
     <t>CH0225173167</t>
   </si>
   <si>
     <t>Cembra Money Bank</t>
   </si>
   <si>
-    <t>24/04/2025 14:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0524026959</t>
   </si>
   <si>
     <t>Cham Swiss Properties</t>
   </si>
   <si>
-    <t>31/03/2025 09:30</t>
-[...8 lines deleted...]
-    <t>15/05/2025 14:45</t>
+    <t>04/05/2026 09:30</t>
   </si>
   <si>
     <t>CH0001625810</t>
   </si>
   <si>
     <t>CI Com</t>
   </si>
   <si>
-    <t>28/05/2025 11:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0008702190</t>
   </si>
   <si>
     <t>Cicor Technologies</t>
   </si>
   <si>
-    <t>17/04/2025 14:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0012142631</t>
   </si>
   <si>
     <t>Clariant</t>
   </si>
   <si>
-    <t>01/04/2025 09:30</t>
+    <t>01/04/2026 09:30</t>
   </si>
   <si>
     <t>CH0198251305</t>
   </si>
   <si>
     <t>Coca-Cola HBC</t>
   </si>
   <si>
-    <t>23/05/2025 09:30</t>
-[...8 lines deleted...]
-    <t>23/04/2025 16:00</t>
+    <t>19/01/2026 09:30</t>
   </si>
   <si>
     <t>CH0360826991</t>
   </si>
   <si>
     <t>Comet Holding</t>
   </si>
   <si>
-    <t>10/04/2025 10:00</t>
+    <t>14/04/2026 10:00</t>
   </si>
   <si>
     <t>CH0014345117</t>
   </si>
   <si>
     <t>Compagnie Financière Tradition</t>
   </si>
   <si>
-    <t>22/05/2025 15:30</t>
-[...1 lines deleted...]
-  <si>
     <t>NL0011832936</t>
   </si>
   <si>
     <t>Cosmo Pharmaceuticals</t>
   </si>
   <si>
-    <t>30/05/2025 12:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0001624714</t>
   </si>
   <si>
     <t>CPH</t>
   </si>
   <si>
-    <t>18/03/2025 15:30</t>
+    <t>17/03/2026 15:30</t>
   </si>
   <si>
     <t>CH0009115129</t>
   </si>
   <si>
     <t>Curatis Holding</t>
   </si>
   <si>
-    <t>23/05/2025 14:30</t>
+    <t>22/05/2026 14:30</t>
   </si>
   <si>
     <t>CH1330780979</t>
   </si>
   <si>
     <t>CH0030486770</t>
   </si>
   <si>
     <t>Dätwyler</t>
   </si>
   <si>
-    <t>18/03/2025 17:00</t>
+    <t>17/03/2026 17:00</t>
   </si>
   <si>
     <t>CH0126673539</t>
   </si>
   <si>
     <t>DKSH</t>
   </si>
   <si>
+    <t>27/03/2026 10:00</t>
+  </si>
+  <si>
     <t>CH0042615283</t>
   </si>
   <si>
     <t>DocMorris</t>
   </si>
   <si>
-    <t>08/05/2025 17:00</t>
+    <t>12/05/2026 17:00</t>
   </si>
   <si>
     <t>CH0011795959</t>
   </si>
   <si>
     <t>dormakaba</t>
   </si>
   <si>
-    <t>21/10/2025 14:00</t>
-[...53 lines deleted...]
-    <t>09/08/2025 10:30</t>
+    <t>20/10/2026 14:00</t>
+  </si>
+  <si>
+    <t>CH1486524122</t>
   </si>
   <si>
     <t>CH0516131684</t>
   </si>
   <si>
     <t>EPIC Suisse</t>
   </si>
   <si>
-    <t>28/03/2025 10:00</t>
+    <t>10/04/2026 10:00</t>
   </si>
   <si>
     <t>CH0002557400</t>
   </si>
   <si>
     <t>Espace Real Estate</t>
   </si>
   <si>
-    <t>30/04/2025 17:00</t>
+    <t>22/04/2026 17:00</t>
   </si>
   <si>
     <t>CH1262055788</t>
   </si>
   <si>
     <t>EvoNext</t>
   </si>
   <si>
-    <t>27/03/2025 09:00</t>
-[...13 lines deleted...]
-  <si>
     <t>CH0319416936</t>
   </si>
   <si>
     <t>Flughafen Zürich</t>
   </si>
   <si>
-    <t>14/04/2025 16:30</t>
+    <t>17/04/2026 16:30</t>
   </si>
   <si>
     <t>CH0003541510</t>
   </si>
   <si>
     <t>Forbo</t>
   </si>
   <si>
-    <t>04/04/2025 14:30</t>
+    <t>02/04/2026 14:30</t>
+  </si>
+  <si>
+    <t>CH0464133443</t>
+  </si>
+  <si>
+    <t>Fundamenta Group Investment Foundation</t>
   </si>
   <si>
     <t>CH0045825517</t>
   </si>
   <si>
     <t>Fundamenta Real Estate</t>
   </si>
   <si>
-    <t>09/04/2025 09:30</t>
-[...1 lines deleted...]
-  <si>
     <t>CH1335392721</t>
   </si>
   <si>
     <t>Galderma Group</t>
   </si>
   <si>
-    <t>23/04/2025 15:00</t>
-[...8 lines deleted...]
-    <t>10/04/2025 15:00</t>
+    <t>22/04/2026 15:00</t>
   </si>
   <si>
     <t>CH0102659627</t>
   </si>
   <si>
     <t>GAM Holding</t>
   </si>
   <si>
-    <t>14/05/2025 09:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0114405324</t>
   </si>
   <si>
     <t>Garmin</t>
   </si>
   <si>
-    <t>06/06/2025 17:00</t>
-[...10 lines deleted...]
-  <si>
     <t>CH1169151003</t>
   </si>
   <si>
     <t>Georg Fischer</t>
   </si>
   <si>
-    <t>16/04/2025 15:00</t>
+    <t>15/04/2026 15:00</t>
   </si>
   <si>
     <t>CH0010645932</t>
   </si>
   <si>
     <t>Givaudan</t>
   </si>
   <si>
-    <t>20/03/2025 10:30</t>
+    <t>19/03/2026 10:30</t>
   </si>
   <si>
     <t>CH0189396655</t>
   </si>
   <si>
     <t>Glarner Kantonalbank</t>
   </si>
   <si>
-    <t>25/04/2025 17:30</t>
-[...8 lines deleted...]
-    <t>20/05/2025 11:15</t>
+    <t>24/04/2026 17:30</t>
   </si>
   <si>
     <t>CH1173567111</t>
   </si>
   <si>
     <t>Gurit</t>
   </si>
   <si>
-    <t>15/04/2025 16:30</t>
-[...17 lines deleted...]
-    <t>17/04/2025 10:30</t>
+    <t>16/04/2026 16:30</t>
+  </si>
+  <si>
+    <t>CH0188230780</t>
+  </si>
+  <si>
+    <t>Helvetia Anlagestiftung</t>
+  </si>
+  <si>
+    <t>CH0301200108</t>
   </si>
   <si>
     <t>CH0003583256</t>
   </si>
   <si>
     <t>Highlight Event and Entertainment</t>
   </si>
   <si>
-    <t>25/06/2025 15:00</t>
-[...7 lines deleted...]
-  <si>
     <t>CH0024666528</t>
   </si>
   <si>
     <t>HT5</t>
   </si>
   <si>
-    <t>23/04/2025 14:00</t>
-[...4 lines deleted...]
-  <si>
     <t>CH0030380734</t>
   </si>
   <si>
     <t>Huber+Suhner</t>
   </si>
   <si>
+    <t>01/04/2026 16:30</t>
+  </si>
+  <si>
     <t>CH0001341608</t>
   </si>
   <si>
     <t>Hypothekarbank Lenzburg</t>
   </si>
   <si>
-    <t>15/03/2025 15:00</t>
+    <t>21/03/2026 15:00</t>
   </si>
   <si>
     <t>CH0363463438</t>
   </si>
   <si>
     <t>Idorsia</t>
   </si>
   <si>
-    <t>28/05/2025 09:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0023868554</t>
   </si>
   <si>
     <t>Implenia</t>
   </si>
   <si>
-    <t>25/03/2025 10:30</t>
+    <t>31/03/2026 10:30</t>
   </si>
   <si>
     <t>CH0011029946</t>
   </si>
   <si>
     <t>Inficon</t>
   </si>
   <si>
-    <t>08/04/2025 09:30</t>
+    <t>22/04/2026 09:30</t>
   </si>
   <si>
     <t>CH1431598916</t>
   </si>
   <si>
-    <t>CH0006372897</t>
-[...7 lines deleted...]
-  <si>
     <t>CH0273774791</t>
   </si>
   <si>
     <t>Intershop</t>
   </si>
   <si>
-    <t>01/04/2025 16:00</t>
+    <t>31/03/2026 16:00</t>
   </si>
   <si>
     <t>CH1338987303</t>
   </si>
   <si>
     <t>CH0325094297</t>
   </si>
   <si>
     <t>Investis</t>
   </si>
   <si>
-    <t>06/05/2025 15:00</t>
-[...8 lines deleted...]
-    <t>15/04/2025 10:30</t>
+    <t>04/05/2026 15:00</t>
+  </si>
+  <si>
+    <t>CH0002598578</t>
+  </si>
+  <si>
+    <t>IST Investmentstiftung</t>
+  </si>
+  <si>
+    <t>28/01/2026 14:00</t>
+  </si>
+  <si>
+    <t>CH0245229122</t>
   </si>
   <si>
     <t>CH0102484968</t>
   </si>
   <si>
     <t>Julius Bär</t>
   </si>
   <si>
+    <t>09/04/2026 10:00</t>
+  </si>
+  <si>
     <t>CH0017875789</t>
   </si>
   <si>
     <t>Jungfraubahn</t>
   </si>
   <si>
-    <t>12/05/2025 14:00</t>
+    <t>11/05/2026 14:00</t>
   </si>
   <si>
     <t>CH0100837282</t>
   </si>
   <si>
     <t>Kardex</t>
   </si>
   <si>
-    <t>24/04/2025 16:00</t>
-[...10 lines deleted...]
-  <si>
     <t>CH0010702154</t>
   </si>
   <si>
     <t>Komax</t>
   </si>
   <si>
-    <t>16/04/2025 16:00</t>
+    <t>09/04/2026 16:00</t>
   </si>
   <si>
     <t>CH0012268360</t>
   </si>
   <si>
     <t>Kudelski</t>
   </si>
   <si>
+    <t>14/04/2026 14:00</t>
+  </si>
+  <si>
     <t>CH0025238863</t>
   </si>
   <si>
     <t>Kühne + Nagel</t>
   </si>
   <si>
-    <t>07/05/2025 09:00</t>
+    <t>06/05/2026 09:00</t>
   </si>
   <si>
     <t>CH0325814116</t>
   </si>
   <si>
     <t>Kuros Biosciences</t>
   </si>
   <si>
-    <t>15/04/2025 11:00</t>
-[...8 lines deleted...]
-    <t>25/06/2025 14:00</t>
+    <t>15/04/2026 11:00</t>
   </si>
   <si>
     <t>NL0010733960</t>
   </si>
   <si>
     <t>lastminute.com</t>
   </si>
   <si>
-    <t>25/06/2025 10:00</t>
+    <t>24/06/2026 10:00</t>
   </si>
   <si>
     <t>CH0022427626</t>
   </si>
   <si>
     <t>Lem</t>
   </si>
   <si>
-    <t>26/06/2025 15:30</t>
-[...11 lines deleted...]
-    <t>20/08/2025 15:00</t>
+    <t>25/06/2026 15:30</t>
   </si>
   <si>
     <t>LI0355147575</t>
   </si>
   <si>
     <t>Liechtensteinische Landesbank</t>
   </si>
   <si>
-    <t>16/04/2025 18:00</t>
+    <t>17/04/2026 18:00</t>
   </si>
   <si>
     <t>CH0010570759</t>
   </si>
   <si>
     <t>Lindt &amp; Sprüngli</t>
   </si>
   <si>
-    <t>16/04/2025 10:00</t>
+    <t>16/04/2026 10:00</t>
   </si>
   <si>
     <t>CH0025751329</t>
   </si>
   <si>
     <t>Logitech</t>
   </si>
   <si>
-    <t>09/09/2025 09:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0013841017</t>
   </si>
   <si>
     <t>Lonza</t>
   </si>
   <si>
-    <t>09/05/2025 10:00</t>
+    <t>08/05/2026 10:00</t>
   </si>
   <si>
     <t>CH0011693600</t>
   </si>
   <si>
     <t>Luzerner Kantonalbank</t>
   </si>
   <si>
-    <t>14/04/2025 18:00</t>
+    <t>13/04/2026 18:00</t>
   </si>
   <si>
     <t>CH1252930610</t>
   </si>
   <si>
     <t>CH0039542854</t>
   </si>
   <si>
     <t>MCH Group AG</t>
   </si>
   <si>
-    <t>27/05/2025 16:00</t>
+    <t>06/05/2026 16:00</t>
   </si>
   <si>
     <t>CH1215218640</t>
   </si>
   <si>
     <t>CH0468525222</t>
   </si>
   <si>
     <t>Medacta Group</t>
   </si>
   <si>
-    <t>07/05/2025 11:00</t>
+    <t>05/05/2026 11:00</t>
   </si>
   <si>
     <t>CH0386200239</t>
   </si>
   <si>
     <t>Medartis Holding</t>
   </si>
   <si>
-    <t>25/04/2025 09:00</t>
+    <t>23/04/2026 09:00</t>
   </si>
   <si>
     <t>CH1129677105</t>
   </si>
   <si>
     <t>medmix</t>
   </si>
   <si>
-    <t>23/04/2025 10:00</t>
-[...10 lines deleted...]
-  <si>
     <t>CH0039821084</t>
   </si>
   <si>
     <t>Metall Zug</t>
   </si>
   <si>
-    <t>09/05/2025 17:00</t>
+    <t>08/05/2026 17:00</t>
+  </si>
+  <si>
+    <t>CH1357065999</t>
+  </si>
+  <si>
+    <t>Meyer Burger</t>
   </si>
   <si>
     <t>CH0003390066</t>
   </si>
   <si>
     <t>Mikron</t>
   </si>
   <si>
-    <t>CH0276837694</t>
-[...7 lines deleted...]
-  <si>
     <t>CH0011108872</t>
   </si>
   <si>
     <t>Mobimo</t>
   </si>
   <si>
-    <t>31/03/2025 17:00</t>
-[...17 lines deleted...]
-    <t>20/05/2025 13:30</t>
+    <t>31/03/2026 17:00</t>
   </si>
   <si>
     <t>CH0038863350</t>
   </si>
   <si>
     <t>Nestlé</t>
   </si>
   <si>
-    <t>16/04/2025 14:30</t>
+    <t>16/04/2026 14:30</t>
   </si>
   <si>
     <t>IT0004147952</t>
   </si>
   <si>
     <t>Newron Pharmaceuticals</t>
   </si>
   <si>
+    <t>23/04/2026 10:00</t>
+  </si>
+  <si>
     <t>Mixed General Meeting</t>
   </si>
   <si>
     <t>CH0012005267</t>
   </si>
   <si>
     <t>Novartis</t>
   </si>
   <si>
-    <t>07/03/2025 10:00</t>
+    <t>06/03/2026 10:00</t>
   </si>
   <si>
     <t>CH0212186248</t>
   </si>
   <si>
     <t>Novavest Real Estate</t>
   </si>
   <si>
-    <t>17/01/2025 13:30</t>
-[...2 lines deleted...]
-    <t>24/03/2025 13:00</t>
+    <t>26/03/2026 13:00</t>
   </si>
   <si>
     <t>CH0000816824</t>
   </si>
   <si>
     <t>OC Oerlikon Corporation</t>
   </si>
   <si>
-    <t>CH0038285679</t>
-[...7 lines deleted...]
-  <si>
     <t>CH0003420806</t>
   </si>
   <si>
     <t>Orell Füssli</t>
   </si>
   <si>
-    <t>13/05/2025 10:00</t>
-[...17 lines deleted...]
-    <t>21/05/2025 16:30</t>
+    <t>20/05/2026 10:00</t>
+  </si>
+  <si>
+    <t>CH0112589673</t>
+  </si>
+  <si>
+    <t>Patrimonium Anlagestiftung</t>
+  </si>
+  <si>
+    <t>CH0282527719</t>
   </si>
   <si>
     <t>CH0118530366</t>
   </si>
   <si>
     <t>Peach Property Group</t>
   </si>
   <si>
-    <t>23/05/2025 10:00</t>
+    <t>19/06/2026 10:00</t>
   </si>
   <si>
     <t>CH0252620700</t>
   </si>
   <si>
     <t>Perrot Duval</t>
   </si>
   <si>
-    <t>25/09/2025 15:00</t>
+    <t>24/09/2026 15:00</t>
   </si>
   <si>
     <t>CH0002187810</t>
   </si>
   <si>
     <t>Phoenix Mecano</t>
   </si>
   <si>
-    <t>22/05/2025 15:00</t>
+    <t>21/05/2026 15:00</t>
   </si>
   <si>
     <t>CH1261338102</t>
   </si>
   <si>
     <t>AT0000KTMI02</t>
   </si>
   <si>
     <t>Pierer Mobility</t>
   </si>
   <si>
-    <t>27/01/2025 10:00</t>
-[...2 lines deleted...]
-    <t>23/06/2025 11:00</t>
+    <t>24/04/2026 10:00</t>
   </si>
   <si>
     <t>CH0284142913</t>
   </si>
   <si>
     <t>Plazza</t>
   </si>
   <si>
-    <t>02/04/2025 10:00</t>
+    <t>31/03/2026 10:00</t>
   </si>
   <si>
     <t>CH1110760852</t>
   </si>
   <si>
     <t>PolyPeptide Group</t>
   </si>
   <si>
-    <t>09/04/2025 16:00</t>
+    <t>08/04/2026 16:00</t>
+  </si>
+  <si>
+    <t>CH0298011104</t>
+  </si>
+  <si>
+    <t>PRISMA Fondation suisse d'investissement</t>
+  </si>
+  <si>
+    <t>CH0381582128</t>
   </si>
   <si>
     <t>CH0006089921</t>
   </si>
   <si>
     <t>Private Equity Holding</t>
   </si>
   <si>
-    <t>24/06/2025 14:00</t>
+    <t>03/07/2026 14:00</t>
   </si>
   <si>
     <t>CH0018294154</t>
   </si>
   <si>
     <t>PSP Swiss Property</t>
   </si>
   <si>
-    <t>03/04/2025 15:00</t>
+    <t>01/04/2026 15:00</t>
   </si>
   <si>
     <t>CH1107979838</t>
   </si>
   <si>
     <t>R&amp;S Group Holding</t>
   </si>
   <si>
-    <t>14/05/2025 14:00</t>
-[...23 lines deleted...]
-    <t>10/09/2025 10:00</t>
+    <t>07/05/2026 14:00</t>
+  </si>
+  <si>
+    <t>CH0457495783</t>
+  </si>
+  <si>
+    <t>Realstone Fondation de Placement</t>
   </si>
   <si>
     <t>CH0003671440</t>
   </si>
   <si>
     <t>Rieter</t>
   </si>
   <si>
-    <t>18/09/2025 10:00</t>
+    <t>16/04/2026 16:00</t>
   </si>
   <si>
     <t>CH0012032113</t>
   </si>
   <si>
     <t>Roche</t>
   </si>
   <si>
+    <t>10/03/2026 10:30</t>
+  </si>
+  <si>
     <t>CH0025607331</t>
   </si>
   <si>
     <t>Romande Energie</t>
   </si>
   <si>
-    <t>14/05/2025 17:00</t>
+    <t>27/05/2026 17:00</t>
   </si>
   <si>
     <t>CH1263676327</t>
   </si>
   <si>
     <t>CH1243598427</t>
   </si>
   <si>
     <t>Sandoz Group</t>
   </si>
   <si>
-    <t>15/04/2025 10:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH1276028821</t>
   </si>
   <si>
     <t>Santhera Pharmaceuticals</t>
   </si>
   <si>
-    <t>20/05/2025 10:00</t>
-[...10 lines deleted...]
-  <si>
     <t>CH0002277314</t>
   </si>
   <si>
     <t>Schlatter</t>
   </si>
   <si>
-    <t>06/05/2025 16:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH1248667003</t>
   </si>
   <si>
     <t>Schweiter Technologies</t>
   </si>
   <si>
-    <t>09/04/2025 10:30</t>
+    <t>09/04/2026 10:30</t>
   </si>
   <si>
     <t>CH0406705126</t>
   </si>
   <si>
     <t>Sensirion Holding</t>
   </si>
   <si>
-    <t>12/05/2025 17:00</t>
+    <t>11/05/2026 17:00</t>
   </si>
   <si>
     <t>CH0032816131</t>
   </si>
   <si>
     <t>SF Urban Properties</t>
   </si>
   <si>
+    <t>15/04/2026 10:30</t>
+  </si>
+  <si>
     <t>CH0239229302</t>
   </si>
   <si>
     <t>SFS Group</t>
   </si>
   <si>
-    <t>30/04/2025 17:30</t>
+    <t>22/04/2026 17:30</t>
   </si>
   <si>
     <t>CH1256740924</t>
   </si>
   <si>
     <t>SGS</t>
   </si>
   <si>
-    <t>26/03/2025 14:00</t>
+    <t>26/03/2026 14:00</t>
   </si>
   <si>
     <t>IL0010855885</t>
   </si>
   <si>
     <t>SHL Telemedicine</t>
   </si>
   <si>
-    <t>28/05/2025 13:00</t>
-[...4 lines deleted...]
-  <si>
     <t>CH0014284498</t>
   </si>
   <si>
     <t>Siegfried</t>
   </si>
   <si>
     <t>CH1429326825</t>
   </si>
   <si>
     <t>CH0435377954</t>
   </si>
   <si>
     <t>SIG Group</t>
   </si>
   <si>
-    <t>08/04/2025 14:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0418792922</t>
   </si>
   <si>
     <t>Sika</t>
   </si>
   <si>
-    <t>25/03/2025 16:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0013396012</t>
   </si>
   <si>
     <t>SKAN Group</t>
   </si>
   <si>
-    <t>07/05/2025 14:30</t>
+    <t>07/05/2026 14:30</t>
+  </si>
+  <si>
+    <t>CH1484953687</t>
+  </si>
+  <si>
+    <t>SMG Swiss Marketplace Group</t>
   </si>
   <si>
     <t>CH0496451508</t>
   </si>
   <si>
     <t>SoftwareOne Holding</t>
   </si>
   <si>
-    <t>11/04/2025 16:30</t>
-[...2 lines deleted...]
-    <t>16/05/2025 15:00</t>
+    <t>22/05/2026 15:00</t>
   </si>
   <si>
     <t>CH0012549785</t>
   </si>
   <si>
     <t>Sonova</t>
   </si>
   <si>
-    <t>10/06/2025 10:00</t>
+    <t>16/06/2026 10:00</t>
   </si>
   <si>
     <t>CH0106213793</t>
   </si>
   <si>
     <t>Spexis</t>
   </si>
   <si>
     <t>CH0011484067</t>
   </si>
   <si>
     <t>St.Galler Kantonalbank</t>
   </si>
   <si>
-    <t>CH0002178181</t>
-[...5 lines deleted...]
-    <t>07/05/2025 16:00</t>
+    <t>29/04/2026 17:00</t>
   </si>
   <si>
     <t>CH0002361068</t>
   </si>
   <si>
     <t>StarragTornos Group</t>
   </si>
   <si>
+    <t>17/04/2026 14:00</t>
+  </si>
+  <si>
     <t>CH0012280076</t>
   </si>
   <si>
     <t>Straumann</t>
   </si>
   <si>
-    <t>10/04/2025 09:30</t>
+    <t>17/04/2026 09:30</t>
   </si>
   <si>
     <t>CH1175448666</t>
   </si>
   <si>
     <t>CH0038388911</t>
   </si>
   <si>
     <t>Sulzer</t>
   </si>
   <si>
     <t>CH1386220409</t>
   </si>
   <si>
     <t>Sunrise Communications</t>
   </si>
   <si>
-    <t>13/05/2025 10:30</t>
-[...11 lines deleted...]
-    <t>CH0012255151</t>
+    <t>07/05/2026 10:30</t>
   </si>
   <si>
     <t>CH0014852781</t>
   </si>
   <si>
     <t>Swiss Life</t>
   </si>
   <si>
+    <t>CH0263627355</t>
+  </si>
+  <si>
+    <t>Swiss Prime Anlagestiftung</t>
+  </si>
+  <si>
+    <t>CH0561926681</t>
+  </si>
+  <si>
+    <t>CH0561926764</t>
+  </si>
+  <si>
     <t>CH0008038389</t>
   </si>
   <si>
     <t>Swiss Prime Site</t>
   </si>
   <si>
-    <t>13/03/2025 16:00</t>
+    <t>12/03/2026 16:00</t>
   </si>
   <si>
     <t>CH0126881561</t>
   </si>
   <si>
     <t>Swiss Re</t>
   </si>
   <si>
-    <t>11/04/2025 09:30</t>
-[...23 lines deleted...]
-    <t>Tecan</t>
+    <t>10/04/2026 09:30</t>
+  </si>
+  <si>
+    <t>CH0192252903</t>
+  </si>
+  <si>
+    <t>Swisscanto Anlagestiftung</t>
   </si>
   <si>
     <t>CH0012453913</t>
   </si>
   <si>
     <t>Temenos</t>
   </si>
   <si>
-    <t>13/05/2025 11:30</t>
+    <t>13/05/2026 11:30</t>
   </si>
   <si>
     <t>CH0011178255</t>
   </si>
   <si>
     <t>TX Group</t>
   </si>
   <si>
-    <t>11/04/2025 15:00</t>
-[...8 lines deleted...]
-    <t>28/10/2025 10:00</t>
+    <t>10/04/2026 15:00</t>
   </si>
   <si>
     <t>CH0244767585</t>
   </si>
   <si>
     <t>UBS</t>
   </si>
   <si>
-    <t>10/04/2025 10:30</t>
+    <t>CH0002875497</t>
+  </si>
+  <si>
+    <t>UBS Investment Foundation 1</t>
+  </si>
+  <si>
+    <t>12/03/2026 10:30</t>
+  </si>
+  <si>
+    <t>CH0100770533</t>
+  </si>
+  <si>
+    <t>CH0013123002</t>
+  </si>
+  <si>
+    <t>UBS Investment Foundation 4</t>
+  </si>
+  <si>
+    <t>CH0025226090</t>
+  </si>
+  <si>
+    <t>CH0113543620</t>
+  </si>
+  <si>
+    <t>CH0235477517</t>
+  </si>
+  <si>
+    <t>CH0398364460</t>
+  </si>
+  <si>
+    <t>CH0357817367</t>
+  </si>
+  <si>
+    <t>UTILITA Anlagestiftung</t>
+  </si>
+  <si>
+    <t>20/01/2026 16:15</t>
   </si>
   <si>
     <t>CH0014786500</t>
   </si>
   <si>
     <t>Valiant</t>
   </si>
   <si>
-    <t>14/05/2025 15:00</t>
-[...8 lines deleted...]
-    <t>30/04/2025 13:00</t>
+    <t>13/05/2026 15:00</t>
   </si>
   <si>
     <t>CH0311864901</t>
   </si>
   <si>
     <t>VAT Group</t>
   </si>
   <si>
-    <t>29/04/2025 13:30</t>
+    <t>28/04/2026 13:30</t>
   </si>
   <si>
     <t>CH0021545667</t>
   </si>
   <si>
     <t>Vaudoise Assurances</t>
   </si>
   <si>
-    <t>12/05/2025 16:30</t>
+    <t>11/05/2026 16:30</t>
   </si>
   <si>
     <t>CH0530235594</t>
   </si>
   <si>
     <t>Vetropack</t>
   </si>
   <si>
-    <t>23/04/2025 15:30</t>
+    <t>22/04/2026 15:30</t>
   </si>
   <si>
     <t>CH0002609656</t>
   </si>
   <si>
     <t>Villars Holding</t>
   </si>
   <si>
-    <t>14/05/2025 10:15</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0012335540</t>
   </si>
   <si>
     <t>Vontobel</t>
   </si>
   <si>
-    <t>02/04/2025 17:00</t>
+    <t>14/04/2026 17:00</t>
   </si>
   <si>
     <t>LI0315487269</t>
   </si>
   <si>
     <t>VP Bank</t>
   </si>
   <si>
     <t>CH0528751586</t>
   </si>
   <si>
     <t>VZ Holding</t>
   </si>
   <si>
-    <t>09/04/2025 10:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0542483745</t>
   </si>
   <si>
     <t>V-Zug Holding</t>
   </si>
   <si>
-    <t>08/04/2025 10:30</t>
+    <t>14/04/2026 10:30</t>
   </si>
   <si>
     <t>CH0002619481</t>
   </si>
   <si>
     <t>Warteck Invest</t>
   </si>
   <si>
-    <t>21/05/2025 17:30</t>
+    <t>20/05/2026 17:30</t>
   </si>
   <si>
     <t>CH1276062754</t>
   </si>
   <si>
     <t>WISeKey</t>
   </si>
   <si>
-    <t>27/06/2025 14:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0461929603</t>
   </si>
   <si>
     <t>Xlife Sciences</t>
   </si>
   <si>
+    <t>26/06/2026 14:00</t>
+  </si>
+  <si>
     <t>CH0019396990</t>
   </si>
   <si>
     <t>Ypsomed</t>
   </si>
   <si>
-    <t>02/07/2025 17:00</t>
+    <t>01/07/2026 17:00</t>
   </si>
   <si>
     <t>CH0276534614</t>
   </si>
   <si>
     <t>Zehnder Group</t>
   </si>
   <si>
-    <t>03/04/2025 16:00</t>
+    <t>19/03/2026 16:00</t>
   </si>
   <si>
     <t>CH0312309682</t>
   </si>
   <si>
     <t>Züblin Immobilien</t>
   </si>
   <si>
+    <t>01/07/2026 10:00</t>
+  </si>
+  <si>
     <t>CH0148052126</t>
   </si>
   <si>
     <t>Zug Estates</t>
   </si>
   <si>
-    <t>10/04/2025 11:00</t>
+    <t>08/04/2026 11:00</t>
   </si>
   <si>
     <t>CH0493891243</t>
   </si>
   <si>
     <t>Zuger Kantonalbank</t>
   </si>
   <si>
-    <t>10/05/2025 15:00</t>
+    <t>09/05/2026 15:00</t>
+  </si>
+  <si>
+    <t>CH0018192903</t>
+  </si>
+  <si>
+    <t>Zürich Anlagestiftung</t>
+  </si>
+  <si>
+    <t>CH0023842187</t>
+  </si>
+  <si>
+    <t>CH0032598069</t>
+  </si>
+  <si>
+    <t>CH0183503272</t>
+  </si>
+  <si>
+    <t>CH0291438379</t>
+  </si>
+  <si>
+    <t>CH0448058799</t>
+  </si>
+  <si>
+    <t>CH0448058815</t>
+  </si>
+  <si>
+    <t>CH1146201939</t>
   </si>
   <si>
     <t>CH0011075394</t>
   </si>
   <si>
     <t>Zurich Insurance Group</t>
   </si>
   <si>
-    <t>09/04/2025 14:15</t>
+    <t>08/04/2026 14:15</t>
   </si>
   <si>
     <t>CH0002661731</t>
   </si>
   <si>
     <t>Zwahlen &amp; Mayr</t>
-  </si>
-[...4 lines deleted...]
-    <t>13/05/2025 17:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2277,60 +1950,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K236"/>
+  <dimension ref="A1:K219"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:K3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
@@ -2380,8160 +2053,7562 @@
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4" t="s">
         <v>17</v>
       </c>
       <c r="I4" t="s">
         <v>17</v>
       </c>
       <c r="J4" t="s">
         <v>17</v>
       </c>
       <c r="K4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5">
         <v>2</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H5" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I5" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J5" t="s">
         <v>17</v>
       </c>
       <c r="K5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6">
         <v>3</v>
       </c>
       <c r="B6" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D6" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E6" t="s">
         <v>15</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K6" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7">
         <v>4</v>
       </c>
       <c r="B7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" t="s">
         <v>25</v>
       </c>
-      <c r="C7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" t="s">
         <v>15</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H7" t="s">
         <v>17</v>
       </c>
       <c r="I7" t="s">
         <v>17</v>
       </c>
       <c r="J7" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K7" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8">
         <v>5</v>
       </c>
       <c r="B8" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C8" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E8" t="s">
         <v>15</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H8" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I8" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J8" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K8" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9">
         <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="C9" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E9" t="s">
         <v>15</v>
       </c>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H9" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I9" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K9" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10">
         <v>7</v>
       </c>
       <c r="B10" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="E10" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H10" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I10" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K10" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="E11" t="s">
         <v>15</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H11" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I11" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J11" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K11" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12">
         <v>9</v>
       </c>
       <c r="B12" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H12" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I12" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J12" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K12" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13">
         <v>10</v>
       </c>
       <c r="B13" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H13" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I13" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J13" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K13" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="E14" t="s">
         <v>15</v>
       </c>
       <c r="F14" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G14" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H14" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I14" t="s">
         <v>17</v>
       </c>
       <c r="J14" t="s">
         <v>17</v>
       </c>
       <c r="K14" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15">
         <v>12</v>
       </c>
       <c r="B15" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G15" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H15" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I15" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K15" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16">
         <v>13</v>
       </c>
       <c r="B16" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C16" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="D16" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="E16" t="s">
         <v>15</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
       <c r="G16" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H16" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I16" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J16" t="s">
         <v>17</v>
       </c>
       <c r="K16" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17">
         <v>14</v>
       </c>
       <c r="B17" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="C17" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>59</v>
+        <v>14</v>
       </c>
       <c r="E17" t="s">
         <v>15</v>
       </c>
       <c r="F17" t="s">
         <v>16</v>
       </c>
       <c r="G17" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H17" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I17" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J17" t="s">
         <v>17</v>
       </c>
       <c r="K17" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18">
         <v>15</v>
       </c>
       <c r="B18" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>62</v>
+        <v>14</v>
       </c>
       <c r="E18" t="s">
         <v>15</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
       <c r="G18" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H18" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I18" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J18" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K18" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19">
         <v>16</v>
       </c>
       <c r="B19" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="C19" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="E19" t="s">
         <v>15</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H19" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I19" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J19" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K19" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20">
         <v>17</v>
       </c>
       <c r="B20" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="C20" t="s">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
       <c r="E20" t="s">
         <v>15</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H20" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I20" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J20" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K20" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="C21" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>71</v>
+        <v>14</v>
       </c>
       <c r="E21" t="s">
         <v>15</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H21" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I21" t="s">
         <v>17</v>
       </c>
       <c r="J21" t="s">
         <v>17</v>
       </c>
       <c r="K21" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22">
         <v>19</v>
       </c>
       <c r="B22" t="s">
-        <v>72</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="D22" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="E22" t="s">
         <v>15</v>
       </c>
       <c r="F22" t="s">
         <v>16</v>
       </c>
       <c r="G22" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H22" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I22" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J22" t="s">
         <v>17</v>
       </c>
       <c r="K22" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23">
         <v>20</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="D23" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="E23" t="s">
         <v>15</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
       <c r="G23" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H23" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I23" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J23" t="s">
         <v>17</v>
       </c>
       <c r="K23" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24">
         <v>21</v>
       </c>
       <c r="B24" t="s">
-        <v>76</v>
+        <v>57</v>
       </c>
       <c r="C24" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="D24" t="s">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="E24" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="F24" t="s">
         <v>16</v>
       </c>
       <c r="G24" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H24" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I24" t="s">
         <v>17</v>
       </c>
       <c r="J24" t="s">
         <v>17</v>
       </c>
       <c r="K24" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25">
         <v>22</v>
       </c>
       <c r="B25" t="s">
-        <v>76</v>
+        <v>57</v>
       </c>
       <c r="C25" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="D25" t="s">
-        <v>79</v>
+        <v>61</v>
       </c>
       <c r="E25" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F25" t="s">
         <v>16</v>
       </c>
       <c r="G25" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H25" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I25" t="s">
         <v>17</v>
       </c>
       <c r="J25" t="s">
         <v>17</v>
       </c>
       <c r="K25" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26">
         <v>23</v>
       </c>
       <c r="B26" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="C26" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="D26" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="E26" t="s">
         <v>15</v>
       </c>
       <c r="F26" t="s">
         <v>16</v>
       </c>
       <c r="G26" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H26" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I26" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J26" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K26" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27">
         <v>24</v>
       </c>
       <c r="B27" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="C27" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
       <c r="D27" t="s">
-        <v>82</v>
+        <v>67</v>
       </c>
       <c r="E27" t="s">
         <v>15</v>
       </c>
       <c r="F27" t="s">
         <v>16</v>
       </c>
       <c r="G27" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H27" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I27" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J27" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K27" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28">
         <v>25</v>
       </c>
       <c r="B28" t="s">
-        <v>84</v>
+        <v>68</v>
       </c>
       <c r="C28" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="D28" t="s">
-        <v>86</v>
+        <v>70</v>
       </c>
       <c r="E28" t="s">
         <v>15</v>
       </c>
       <c r="F28" t="s">
         <v>16</v>
       </c>
       <c r="G28" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H28" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I28" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K28" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29">
         <v>26</v>
       </c>
       <c r="B29" t="s">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="C29" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="D29" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="E29" t="s">
         <v>15</v>
       </c>
       <c r="F29" t="s">
         <v>16</v>
       </c>
       <c r="G29" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H29" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I29" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J29" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K29" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30">
         <v>27</v>
       </c>
       <c r="B30" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="C30" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="D30" t="s">
-        <v>92</v>
+        <v>14</v>
       </c>
       <c r="E30" t="s">
         <v>15</v>
       </c>
       <c r="F30" t="s">
         <v>16</v>
       </c>
       <c r="G30" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H30" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I30" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J30" t="s">
         <v>17</v>
       </c>
       <c r="K30" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31">
         <v>28</v>
       </c>
       <c r="B31" t="s">
-        <v>93</v>
+        <v>76</v>
       </c>
       <c r="C31" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="D31" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="E31" t="s">
         <v>15</v>
       </c>
       <c r="F31" t="s">
         <v>16</v>
       </c>
       <c r="G31" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H31" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I31" t="s">
         <v>17</v>
       </c>
       <c r="J31" t="s">
         <v>17</v>
       </c>
       <c r="K31" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32">
         <v>29</v>
       </c>
       <c r="B32" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="C32" t="s">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="D32" t="s">
-        <v>62</v>
+        <v>14</v>
       </c>
       <c r="E32" t="s">
         <v>15</v>
       </c>
       <c r="F32" t="s">
         <v>16</v>
       </c>
       <c r="G32" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H32" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I32" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K32" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33">
         <v>30</v>
       </c>
       <c r="B33" t="s">
-        <v>98</v>
+        <v>78</v>
       </c>
       <c r="C33" t="s">
-        <v>99</v>
+        <v>79</v>
       </c>
       <c r="D33" t="s">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="E33" t="s">
         <v>15</v>
       </c>
       <c r="F33" t="s">
         <v>16</v>
       </c>
       <c r="G33" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H33" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I33" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J33" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K33" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34">
         <v>31</v>
       </c>
       <c r="B34" t="s">
-        <v>101</v>
+        <v>81</v>
       </c>
       <c r="C34" t="s">
-        <v>102</v>
+        <v>79</v>
       </c>
       <c r="D34" t="s">
-        <v>103</v>
+        <v>80</v>
       </c>
       <c r="E34" t="s">
         <v>15</v>
       </c>
       <c r="F34" t="s">
         <v>16</v>
       </c>
       <c r="G34" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H34" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I34" t="s">
         <v>17</v>
       </c>
       <c r="J34" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K34" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35">
         <v>32</v>
       </c>
       <c r="B35" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="C35" t="s">
-        <v>105</v>
+        <v>83</v>
       </c>
       <c r="D35" t="s">
-        <v>106</v>
+        <v>14</v>
       </c>
       <c r="E35" t="s">
         <v>15</v>
       </c>
       <c r="F35" t="s">
         <v>16</v>
       </c>
       <c r="G35" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H35" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I35" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J35" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K35" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36">
         <v>33</v>
       </c>
       <c r="B36" t="s">
-        <v>107</v>
+        <v>84</v>
       </c>
       <c r="C36" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
       <c r="D36" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="E36" t="s">
         <v>15</v>
       </c>
       <c r="F36" t="s">
         <v>16</v>
       </c>
       <c r="G36" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H36" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I36" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J36" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K36" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37">
         <v>34</v>
       </c>
       <c r="B37" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="C37" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="D37" t="s">
-        <v>112</v>
+        <v>86</v>
       </c>
       <c r="E37" t="s">
         <v>15</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H37" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I37" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K37" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38">
         <v>35</v>
       </c>
       <c r="B38" t="s">
-        <v>113</v>
+        <v>88</v>
       </c>
       <c r="C38" t="s">
-        <v>114</v>
+        <v>89</v>
       </c>
       <c r="D38" t="s">
-        <v>115</v>
+        <v>90</v>
       </c>
       <c r="E38" t="s">
         <v>15</v>
       </c>
       <c r="F38" t="s">
         <v>16</v>
       </c>
       <c r="G38" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H38" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I38" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J38" t="s">
         <v>17</v>
       </c>
       <c r="K38" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39">
         <v>36</v>
       </c>
       <c r="B39" t="s">
-        <v>116</v>
+        <v>91</v>
       </c>
       <c r="C39" t="s">
-        <v>117</v>
+        <v>92</v>
       </c>
       <c r="D39" t="s">
-        <v>118</v>
+        <v>93</v>
       </c>
       <c r="E39" t="s">
         <v>15</v>
       </c>
       <c r="F39" t="s">
         <v>16</v>
       </c>
       <c r="G39" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H39" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I39" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K39" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40">
         <v>37</v>
       </c>
       <c r="B40" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="C40" t="s">
-        <v>120</v>
+        <v>95</v>
       </c>
       <c r="D40" t="s">
-        <v>121</v>
+        <v>96</v>
       </c>
       <c r="E40" t="s">
         <v>15</v>
       </c>
       <c r="F40" t="s">
         <v>16</v>
       </c>
       <c r="G40" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H40" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I40" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J40" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K40" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41">
         <v>38</v>
       </c>
       <c r="B41" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="C41" t="s">
-        <v>123</v>
+        <v>98</v>
       </c>
       <c r="D41" t="s">
-        <v>124</v>
+        <v>14</v>
       </c>
       <c r="E41" t="s">
         <v>15</v>
       </c>
       <c r="F41" t="s">
         <v>16</v>
       </c>
       <c r="G41" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H41" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I41" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J41" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K41" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42">
         <v>39</v>
       </c>
       <c r="B42" t="s">
-        <v>125</v>
+        <v>99</v>
       </c>
       <c r="C42" t="s">
-        <v>126</v>
+        <v>100</v>
       </c>
       <c r="D42" t="s">
-        <v>127</v>
+        <v>101</v>
       </c>
       <c r="E42" t="s">
         <v>15</v>
       </c>
       <c r="F42" t="s">
         <v>16</v>
       </c>
       <c r="G42" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H42" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I42" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J42" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K42" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43">
         <v>40</v>
       </c>
       <c r="B43" t="s">
-        <v>128</v>
+        <v>102</v>
       </c>
       <c r="C43" t="s">
-        <v>129</v>
+        <v>103</v>
       </c>
       <c r="D43" t="s">
-        <v>130</v>
+        <v>104</v>
       </c>
       <c r="E43" t="s">
         <v>15</v>
       </c>
       <c r="F43" t="s">
         <v>16</v>
       </c>
       <c r="G43" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H43" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I43" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J43" t="s">
         <v>17</v>
       </c>
       <c r="K43" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44">
         <v>41</v>
       </c>
       <c r="B44" t="s">
-        <v>131</v>
+        <v>105</v>
       </c>
       <c r="C44" t="s">
-        <v>132</v>
+        <v>106</v>
       </c>
       <c r="D44" t="s">
-        <v>133</v>
+        <v>107</v>
       </c>
       <c r="E44" t="s">
         <v>15</v>
       </c>
       <c r="F44" t="s">
         <v>16</v>
       </c>
       <c r="G44" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H44" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I44" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J44" t="s">
         <v>17</v>
       </c>
       <c r="K44" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45">
         <v>42</v>
       </c>
       <c r="B45" t="s">
-        <v>134</v>
+        <v>108</v>
       </c>
       <c r="C45" t="s">
-        <v>135</v>
+        <v>109</v>
       </c>
       <c r="D45" t="s">
-        <v>136</v>
+        <v>110</v>
       </c>
       <c r="E45" t="s">
         <v>15</v>
       </c>
       <c r="F45" t="s">
         <v>16</v>
       </c>
       <c r="G45" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H45" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I45" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J45" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K45" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46">
         <v>43</v>
       </c>
       <c r="B46" t="s">
-        <v>137</v>
+        <v>111</v>
       </c>
       <c r="C46" t="s">
-        <v>138</v>
+        <v>112</v>
       </c>
       <c r="D46" t="s">
-        <v>139</v>
+        <v>14</v>
       </c>
       <c r="E46" t="s">
         <v>15</v>
       </c>
       <c r="F46" t="s">
         <v>16</v>
       </c>
       <c r="G46" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H46" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I46" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J46" t="s">
         <v>17</v>
       </c>
       <c r="K46" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47">
         <v>44</v>
       </c>
       <c r="B47" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="C47" t="s">
-        <v>141</v>
+        <v>114</v>
       </c>
       <c r="D47" t="s">
-        <v>142</v>
+        <v>115</v>
       </c>
       <c r="E47" t="s">
         <v>15</v>
       </c>
       <c r="F47" t="s">
         <v>16</v>
       </c>
       <c r="G47" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H47" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I47" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J47" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K47" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48">
         <v>45</v>
       </c>
       <c r="B48" t="s">
-        <v>143</v>
+        <v>116</v>
       </c>
       <c r="C48" t="s">
-        <v>144</v>
+        <v>117</v>
       </c>
       <c r="D48" t="s">
-        <v>145</v>
+        <v>118</v>
       </c>
       <c r="E48" t="s">
         <v>15</v>
       </c>
       <c r="F48" t="s">
         <v>16</v>
       </c>
       <c r="G48" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H48" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I48" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J48" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K48" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49">
         <v>46</v>
       </c>
       <c r="B49" t="s">
-        <v>146</v>
+        <v>119</v>
       </c>
       <c r="C49" t="s">
-        <v>147</v>
+        <v>120</v>
       </c>
       <c r="D49" t="s">
-        <v>148</v>
+        <v>14</v>
       </c>
       <c r="E49" t="s">
         <v>15</v>
       </c>
       <c r="F49" t="s">
         <v>16</v>
       </c>
       <c r="G49" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H49" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I49" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J49" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K49" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50">
         <v>47</v>
       </c>
       <c r="B50" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="C50" t="s">
-        <v>150</v>
+        <v>122</v>
       </c>
       <c r="D50" t="s">
-        <v>151</v>
+        <v>123</v>
       </c>
       <c r="E50" t="s">
         <v>15</v>
       </c>
       <c r="F50" t="s">
         <v>16</v>
       </c>
       <c r="G50" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H50" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I50" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J50" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K50" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51">
         <v>48</v>
       </c>
       <c r="B51" t="s">
-        <v>152</v>
+        <v>124</v>
       </c>
       <c r="C51" t="s">
-        <v>153</v>
+        <v>125</v>
       </c>
       <c r="D51" t="s">
-        <v>154</v>
+        <v>14</v>
       </c>
       <c r="E51" t="s">
         <v>15</v>
       </c>
       <c r="F51" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G51" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H51" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I51" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J51" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K51" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52">
         <v>49</v>
       </c>
       <c r="B52" t="s">
-        <v>155</v>
+        <v>126</v>
       </c>
       <c r="C52" t="s">
-        <v>153</v>
+        <v>127</v>
       </c>
       <c r="D52" t="s">
-        <v>154</v>
+        <v>128</v>
       </c>
       <c r="E52" t="s">
         <v>15</v>
       </c>
       <c r="F52" t="s">
         <v>16</v>
       </c>
       <c r="G52" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H52" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I52" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J52" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K52" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53">
         <v>50</v>
       </c>
       <c r="B53" t="s">
-        <v>156</v>
+        <v>129</v>
       </c>
       <c r="C53" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="D53" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="E53" t="s">
         <v>15</v>
       </c>
       <c r="F53" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G53" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H53" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I53" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J53" t="s">
         <v>17</v>
       </c>
       <c r="K53" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54">
         <v>51</v>
       </c>
       <c r="B54" t="s">
-        <v>159</v>
+        <v>131</v>
       </c>
       <c r="C54" t="s">
-        <v>160</v>
+        <v>130</v>
       </c>
       <c r="D54" t="s">
-        <v>161</v>
+        <v>14</v>
       </c>
       <c r="E54" t="s">
         <v>15</v>
       </c>
       <c r="F54" t="s">
         <v>16</v>
       </c>
       <c r="G54" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H54" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I54" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J54" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K54" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55">
         <v>52</v>
       </c>
       <c r="B55" t="s">
-        <v>162</v>
+        <v>132</v>
       </c>
       <c r="C55" t="s">
-        <v>163</v>
+        <v>133</v>
       </c>
       <c r="D55" t="s">
-        <v>164</v>
+        <v>64</v>
       </c>
       <c r="E55" t="s">
         <v>15</v>
       </c>
       <c r="F55" t="s">
         <v>16</v>
       </c>
       <c r="G55" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H55" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I55" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J55" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K55" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56">
         <v>53</v>
       </c>
       <c r="B56" t="s">
-        <v>165</v>
+        <v>134</v>
       </c>
       <c r="C56" t="s">
-        <v>166</v>
+        <v>135</v>
       </c>
       <c r="D56" t="s">
-        <v>167</v>
+        <v>136</v>
       </c>
       <c r="E56" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F56" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G56" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H56" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I56" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J56" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K56" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57">
         <v>54</v>
       </c>
       <c r="B57" t="s">
-        <v>168</v>
+        <v>137</v>
       </c>
       <c r="C57" t="s">
-        <v>169</v>
+        <v>138</v>
       </c>
       <c r="D57" t="s">
-        <v>170</v>
+        <v>14</v>
       </c>
       <c r="E57" t="s">
         <v>15</v>
       </c>
       <c r="F57" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G57" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H57" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I57" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J57" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K57" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58">
         <v>55</v>
       </c>
       <c r="B58" t="s">
-        <v>171</v>
+        <v>139</v>
       </c>
       <c r="C58" t="s">
-        <v>172</v>
+        <v>140</v>
       </c>
       <c r="D58" t="s">
-        <v>173</v>
+        <v>14</v>
       </c>
       <c r="E58" t="s">
         <v>15</v>
       </c>
       <c r="F58" t="s">
         <v>16</v>
       </c>
       <c r="G58" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H58" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I58" t="s">
         <v>17</v>
       </c>
       <c r="J58" t="s">
         <v>17</v>
       </c>
       <c r="K58" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59">
         <v>56</v>
       </c>
       <c r="B59" t="s">
-        <v>174</v>
+        <v>141</v>
       </c>
       <c r="C59" t="s">
-        <v>175</v>
+        <v>142</v>
       </c>
       <c r="D59" t="s">
-        <v>176</v>
+        <v>143</v>
       </c>
       <c r="E59" t="s">
         <v>15</v>
       </c>
       <c r="F59" t="s">
         <v>16</v>
       </c>
       <c r="G59" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H59" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I59" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J59" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K59" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60">
         <v>57</v>
       </c>
       <c r="B60" t="s">
-        <v>177</v>
+        <v>144</v>
       </c>
       <c r="C60" t="s">
-        <v>178</v>
+        <v>145</v>
       </c>
       <c r="D60" t="s">
-        <v>179</v>
+        <v>146</v>
       </c>
       <c r="E60" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="F60" t="s">
         <v>16</v>
       </c>
       <c r="G60" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H60" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I60" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J60" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K60" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61">
         <v>58</v>
       </c>
       <c r="B61" t="s">
-        <v>180</v>
+        <v>144</v>
       </c>
       <c r="C61" t="s">
-        <v>181</v>
+        <v>145</v>
       </c>
       <c r="D61" t="s">
-        <v>182</v>
+        <v>14</v>
       </c>
       <c r="E61" t="s">
         <v>15</v>
       </c>
       <c r="F61" t="s">
         <v>16</v>
       </c>
       <c r="G61" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H61" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I61" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J61" t="s">
         <v>17</v>
       </c>
       <c r="K61" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62">
         <v>59</v>
       </c>
       <c r="B62" t="s">
-        <v>183</v>
+        <v>147</v>
       </c>
       <c r="C62" t="s">
-        <v>184</v>
+        <v>148</v>
       </c>
       <c r="D62" t="s">
-        <v>185</v>
+        <v>149</v>
       </c>
       <c r="E62" t="s">
         <v>15</v>
       </c>
       <c r="F62" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G62" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H62" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I62" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J62" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K62" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63">
         <v>60</v>
       </c>
       <c r="B63" t="s">
-        <v>186</v>
+        <v>150</v>
       </c>
       <c r="C63" t="s">
-        <v>187</v>
+        <v>151</v>
       </c>
       <c r="D63" t="s">
-        <v>188</v>
+        <v>14</v>
       </c>
       <c r="E63" t="s">
         <v>15</v>
       </c>
       <c r="F63" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G63" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H63" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I63" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J63" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K63" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64">
         <v>61</v>
       </c>
       <c r="B64" t="s">
-        <v>189</v>
+        <v>152</v>
       </c>
       <c r="C64" t="s">
-        <v>190</v>
+        <v>153</v>
       </c>
       <c r="D64" t="s">
-        <v>191</v>
+        <v>14</v>
       </c>
       <c r="E64" t="s">
         <v>15</v>
       </c>
       <c r="F64" t="s">
         <v>16</v>
       </c>
       <c r="G64" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H64" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I64" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J64" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K64" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65">
         <v>62</v>
       </c>
       <c r="B65" t="s">
-        <v>192</v>
+        <v>154</v>
       </c>
       <c r="C65" t="s">
-        <v>193</v>
+        <v>155</v>
       </c>
       <c r="D65" t="s">
-        <v>194</v>
+        <v>156</v>
       </c>
       <c r="E65" t="s">
         <v>15</v>
       </c>
       <c r="F65" t="s">
         <v>16</v>
       </c>
       <c r="G65" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H65" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I65" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J65" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K65" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66">
         <v>63</v>
       </c>
       <c r="B66" t="s">
-        <v>195</v>
+        <v>157</v>
       </c>
       <c r="C66" t="s">
-        <v>193</v>
+        <v>158</v>
       </c>
       <c r="D66" t="s">
-        <v>194</v>
+        <v>159</v>
       </c>
       <c r="E66" t="s">
         <v>15</v>
       </c>
       <c r="F66" t="s">
         <v>16</v>
       </c>
       <c r="G66" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H66" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I66" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J66" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K66" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67">
         <v>64</v>
       </c>
       <c r="B67" t="s">
-        <v>196</v>
+        <v>160</v>
       </c>
       <c r="C67" t="s">
-        <v>197</v>
+        <v>158</v>
       </c>
       <c r="D67" t="s">
-        <v>198</v>
+        <v>159</v>
       </c>
       <c r="E67" t="s">
         <v>15</v>
       </c>
       <c r="F67" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G67" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H67" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I67" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J67" t="s">
         <v>17</v>
       </c>
       <c r="K67" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68">
         <v>65</v>
       </c>
       <c r="B68" t="s">
-        <v>199</v>
+        <v>161</v>
       </c>
       <c r="C68" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="D68" t="s">
-        <v>14</v>
+        <v>163</v>
       </c>
       <c r="E68" t="s">
         <v>15</v>
       </c>
       <c r="F68" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G68" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H68" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I68" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J68" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K68" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69">
         <v>66</v>
       </c>
       <c r="B69" t="s">
-        <v>201</v>
+        <v>164</v>
       </c>
       <c r="C69" t="s">
-        <v>202</v>
+        <v>165</v>
       </c>
       <c r="D69" t="s">
-        <v>203</v>
+        <v>166</v>
       </c>
       <c r="E69" t="s">
         <v>15</v>
       </c>
       <c r="F69" t="s">
         <v>16</v>
       </c>
       <c r="G69" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H69" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I69" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J69" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K69" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70">
         <v>67</v>
       </c>
       <c r="B70" t="s">
-        <v>204</v>
+        <v>167</v>
       </c>
       <c r="C70" t="s">
-        <v>205</v>
+        <v>168</v>
       </c>
       <c r="D70" t="s">
-        <v>206</v>
+        <v>169</v>
       </c>
       <c r="E70" t="s">
         <v>15</v>
       </c>
       <c r="F70" t="s">
         <v>16</v>
       </c>
       <c r="G70" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H70" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I70" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J70" t="s">
         <v>17</v>
       </c>
       <c r="K70" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71">
         <v>68</v>
       </c>
       <c r="B71" t="s">
-        <v>207</v>
+        <v>170</v>
       </c>
       <c r="C71" t="s">
-        <v>208</v>
+        <v>171</v>
       </c>
       <c r="D71" t="s">
-        <v>209</v>
+        <v>172</v>
       </c>
       <c r="E71" t="s">
         <v>15</v>
       </c>
       <c r="F71" t="s">
         <v>16</v>
       </c>
       <c r="G71" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H71" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I71" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J71" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K71" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72">
         <v>69</v>
       </c>
       <c r="B72" t="s">
-        <v>210</v>
+        <v>173</v>
       </c>
       <c r="C72" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="D72" t="s">
-        <v>212</v>
+        <v>172</v>
       </c>
       <c r="E72" t="s">
         <v>15</v>
       </c>
       <c r="F72" t="s">
         <v>16</v>
       </c>
       <c r="G72" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H72" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I72" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J72" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K72" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73">
         <v>70</v>
       </c>
       <c r="B73" t="s">
-        <v>213</v>
+        <v>174</v>
       </c>
       <c r="C73" t="s">
-        <v>214</v>
+        <v>175</v>
       </c>
       <c r="D73" t="s">
-        <v>215</v>
+        <v>176</v>
       </c>
       <c r="E73" t="s">
         <v>15</v>
       </c>
       <c r="F73" t="s">
         <v>16</v>
       </c>
       <c r="G73" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H73" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I73" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J73" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K73" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74">
         <v>71</v>
       </c>
       <c r="B74" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
       <c r="C74" t="s">
-        <v>217</v>
+        <v>178</v>
       </c>
       <c r="D74" t="s">
-        <v>218</v>
+        <v>179</v>
       </c>
       <c r="E74" t="s">
         <v>15</v>
       </c>
       <c r="F74" t="s">
         <v>16</v>
       </c>
       <c r="G74" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H74" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I74" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J74" t="s">
         <v>17</v>
       </c>
       <c r="K74" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75">
         <v>72</v>
       </c>
       <c r="B75" t="s">
-        <v>219</v>
+        <v>180</v>
       </c>
       <c r="C75" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
       <c r="D75" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="E75" t="s">
         <v>15</v>
       </c>
       <c r="F75" t="s">
         <v>16</v>
       </c>
       <c r="G75" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H75" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I75" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J75" t="s">
         <v>17</v>
       </c>
       <c r="K75" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76">
         <v>73</v>
       </c>
       <c r="B76" t="s">
-        <v>222</v>
+        <v>182</v>
       </c>
       <c r="C76" t="s">
-        <v>223</v>
+        <v>183</v>
       </c>
       <c r="D76" t="s">
-        <v>224</v>
+        <v>184</v>
       </c>
       <c r="E76" t="s">
         <v>15</v>
       </c>
       <c r="F76" t="s">
         <v>16</v>
       </c>
       <c r="G76" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H76" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I76" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J76" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K76" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77">
         <v>74</v>
       </c>
       <c r="B77" t="s">
-        <v>225</v>
+        <v>185</v>
       </c>
       <c r="C77" t="s">
-        <v>226</v>
+        <v>186</v>
       </c>
       <c r="D77" t="s">
-        <v>227</v>
+        <v>187</v>
       </c>
       <c r="E77" t="s">
         <v>15</v>
       </c>
       <c r="F77" t="s">
         <v>16</v>
       </c>
       <c r="G77" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H77" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I77" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J77" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K77" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78">
         <v>75</v>
       </c>
       <c r="B78" t="s">
-        <v>228</v>
+        <v>188</v>
       </c>
       <c r="C78" t="s">
-        <v>229</v>
+        <v>189</v>
       </c>
       <c r="D78" t="s">
-        <v>230</v>
+        <v>14</v>
       </c>
       <c r="E78" t="s">
         <v>15</v>
       </c>
       <c r="F78" t="s">
         <v>16</v>
       </c>
       <c r="G78" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H78" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I78" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J78" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K78" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79">
         <v>76</v>
       </c>
       <c r="B79" t="s">
-        <v>231</v>
+        <v>190</v>
       </c>
       <c r="C79" t="s">
-        <v>232</v>
+        <v>191</v>
       </c>
       <c r="D79" t="s">
-        <v>233</v>
+        <v>143</v>
       </c>
       <c r="E79" t="s">
         <v>15</v>
       </c>
       <c r="F79" t="s">
         <v>16</v>
       </c>
       <c r="G79" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H79" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I79" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J79" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K79" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80">
         <v>77</v>
       </c>
       <c r="B80" t="s">
-        <v>231</v>
+        <v>192</v>
       </c>
       <c r="C80" t="s">
-        <v>232</v>
+        <v>193</v>
       </c>
       <c r="D80" t="s">
-        <v>234</v>
+        <v>194</v>
       </c>
       <c r="E80" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F80" t="s">
         <v>16</v>
       </c>
       <c r="G80" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H80" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I80" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J80" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K80" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81">
         <v>78</v>
       </c>
       <c r="B81" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="C81" t="s">
-        <v>236</v>
+        <v>196</v>
       </c>
       <c r="D81" t="s">
-        <v>237</v>
+        <v>14</v>
       </c>
       <c r="E81" t="s">
         <v>15</v>
       </c>
       <c r="F81" t="s">
         <v>16</v>
       </c>
       <c r="G81" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H81" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I81" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J81" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K81" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82">
         <v>79</v>
       </c>
       <c r="B82" t="s">
-        <v>238</v>
+        <v>197</v>
       </c>
       <c r="C82" t="s">
-        <v>239</v>
+        <v>198</v>
       </c>
       <c r="D82" t="s">
-        <v>240</v>
+        <v>14</v>
       </c>
       <c r="E82" t="s">
         <v>15</v>
       </c>
       <c r="F82" t="s">
         <v>16</v>
       </c>
       <c r="G82" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H82" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I82" t="s">
         <v>17</v>
       </c>
       <c r="J82" t="s">
         <v>17</v>
       </c>
       <c r="K82" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83">
         <v>80</v>
       </c>
       <c r="B83" t="s">
-        <v>241</v>
+        <v>199</v>
       </c>
       <c r="C83" t="s">
-        <v>242</v>
+        <v>200</v>
       </c>
       <c r="D83" t="s">
-        <v>243</v>
+        <v>201</v>
       </c>
       <c r="E83" t="s">
         <v>15</v>
       </c>
       <c r="F83" t="s">
         <v>16</v>
       </c>
       <c r="G83" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H83" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I83" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J83" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K83" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84">
         <v>81</v>
       </c>
       <c r="B84" t="s">
-        <v>244</v>
+        <v>202</v>
       </c>
       <c r="C84" t="s">
-        <v>245</v>
+        <v>203</v>
       </c>
       <c r="D84" t="s">
-        <v>246</v>
+        <v>204</v>
       </c>
       <c r="E84" t="s">
         <v>15</v>
       </c>
       <c r="F84" t="s">
         <v>16</v>
       </c>
       <c r="G84" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H84" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I84" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J84" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K84" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85">
         <v>82</v>
       </c>
       <c r="B85" t="s">
-        <v>247</v>
+        <v>205</v>
       </c>
       <c r="C85" t="s">
-        <v>248</v>
+        <v>206</v>
       </c>
       <c r="D85" t="s">
-        <v>249</v>
+        <v>207</v>
       </c>
       <c r="E85" t="s">
         <v>15</v>
       </c>
       <c r="F85" t="s">
         <v>16</v>
       </c>
       <c r="G85" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H85" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I85" t="s">
         <v>17</v>
       </c>
       <c r="J85" t="s">
         <v>17</v>
       </c>
       <c r="K85" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86">
         <v>83</v>
       </c>
       <c r="B86" t="s">
-        <v>250</v>
+        <v>208</v>
       </c>
       <c r="C86" t="s">
-        <v>251</v>
+        <v>209</v>
       </c>
       <c r="D86" t="s">
-        <v>252</v>
+        <v>210</v>
       </c>
       <c r="E86" t="s">
         <v>15</v>
       </c>
       <c r="F86" t="s">
         <v>16</v>
       </c>
       <c r="G86" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H86" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I86" t="s">
         <v>17</v>
       </c>
       <c r="J86" t="s">
         <v>17</v>
       </c>
       <c r="K86" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87">
         <v>84</v>
       </c>
       <c r="B87" t="s">
-        <v>253</v>
+        <v>211</v>
       </c>
       <c r="C87" t="s">
-        <v>254</v>
+        <v>212</v>
       </c>
       <c r="D87" t="s">
-        <v>255</v>
+        <v>14</v>
       </c>
       <c r="E87" t="s">
         <v>15</v>
       </c>
       <c r="F87" t="s">
         <v>16</v>
       </c>
       <c r="G87" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H87" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I87" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J87" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K87" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88">
         <v>85</v>
       </c>
       <c r="B88" t="s">
-        <v>256</v>
+        <v>213</v>
       </c>
       <c r="C88" t="s">
-        <v>257</v>
+        <v>212</v>
       </c>
       <c r="D88" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="E88" t="s">
         <v>15</v>
       </c>
       <c r="F88" t="s">
         <v>16</v>
       </c>
       <c r="G88" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H88" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I88" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J88" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K88" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89">
         <v>86</v>
       </c>
       <c r="B89" t="s">
-        <v>259</v>
+        <v>214</v>
       </c>
       <c r="C89" t="s">
-        <v>260</v>
+        <v>215</v>
       </c>
       <c r="D89" t="s">
-        <v>261</v>
+        <v>14</v>
       </c>
       <c r="E89" t="s">
         <v>15</v>
       </c>
       <c r="F89" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G89" t="s">
         <v>17</v>
       </c>
       <c r="H89" t="s">
         <v>17</v>
       </c>
       <c r="I89" t="s">
         <v>17</v>
       </c>
       <c r="J89" t="s">
         <v>17</v>
       </c>
       <c r="K89" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90">
         <v>87</v>
       </c>
       <c r="B90" t="s">
-        <v>262</v>
+        <v>216</v>
       </c>
       <c r="C90" t="s">
-        <v>263</v>
+        <v>217</v>
       </c>
       <c r="D90" t="s">
-        <v>264</v>
+        <v>14</v>
       </c>
       <c r="E90" t="s">
         <v>15</v>
       </c>
       <c r="F90" t="s">
         <v>16</v>
       </c>
       <c r="G90" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H90" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I90" t="s">
         <v>17</v>
       </c>
       <c r="J90" t="s">
         <v>17</v>
       </c>
       <c r="K90" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91">
         <v>88</v>
       </c>
       <c r="B91" t="s">
-        <v>265</v>
+        <v>218</v>
       </c>
       <c r="C91" t="s">
-        <v>266</v>
+        <v>219</v>
       </c>
       <c r="D91" t="s">
-        <v>267</v>
+        <v>220</v>
       </c>
       <c r="E91" t="s">
         <v>15</v>
       </c>
       <c r="F91" t="s">
         <v>16</v>
       </c>
       <c r="G91" t="s">
         <v>17</v>
       </c>
       <c r="H91" t="s">
         <v>17</v>
       </c>
       <c r="I91" t="s">
         <v>17</v>
       </c>
       <c r="J91" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K91" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92">
         <v>89</v>
       </c>
       <c r="B92" t="s">
-        <v>268</v>
+        <v>221</v>
       </c>
       <c r="C92" t="s">
-        <v>269</v>
+        <v>222</v>
       </c>
       <c r="D92" t="s">
-        <v>270</v>
+        <v>223</v>
       </c>
       <c r="E92" t="s">
         <v>15</v>
       </c>
       <c r="F92" t="s">
         <v>16</v>
       </c>
       <c r="G92" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H92" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I92" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J92" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K92" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93">
         <v>90</v>
       </c>
       <c r="B93" t="s">
-        <v>271</v>
+        <v>224</v>
       </c>
       <c r="C93" t="s">
-        <v>272</v>
+        <v>225</v>
       </c>
       <c r="D93" t="s">
-        <v>273</v>
+        <v>14</v>
       </c>
       <c r="E93" t="s">
         <v>15</v>
       </c>
       <c r="F93" t="s">
         <v>16</v>
       </c>
       <c r="G93" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H93" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I93" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J93" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K93" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94">
         <v>91</v>
       </c>
       <c r="B94" t="s">
-        <v>274</v>
+        <v>226</v>
       </c>
       <c r="C94" t="s">
-        <v>275</v>
+        <v>227</v>
       </c>
       <c r="D94" t="s">
-        <v>276</v>
+        <v>228</v>
       </c>
       <c r="E94" t="s">
         <v>15</v>
       </c>
       <c r="F94" t="s">
         <v>16</v>
       </c>
       <c r="G94" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H94" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I94" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J94" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K94" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95">
         <v>92</v>
       </c>
       <c r="B95" t="s">
-        <v>277</v>
+        <v>229</v>
       </c>
       <c r="C95" t="s">
-        <v>278</v>
+        <v>230</v>
       </c>
       <c r="D95" t="s">
-        <v>124</v>
+        <v>231</v>
       </c>
       <c r="E95" t="s">
         <v>15</v>
       </c>
       <c r="F95" t="s">
         <v>16</v>
       </c>
       <c r="G95" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H95" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I95" t="s">
         <v>17</v>
       </c>
       <c r="J95" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K95" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96">
         <v>93</v>
       </c>
       <c r="B96" t="s">
-        <v>277</v>
+        <v>232</v>
       </c>
       <c r="C96" t="s">
-        <v>278</v>
+        <v>230</v>
       </c>
       <c r="D96" t="s">
-        <v>279</v>
+        <v>231</v>
       </c>
       <c r="E96" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F96" t="s">
         <v>16</v>
       </c>
       <c r="G96" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H96" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I96" t="s">
         <v>17</v>
       </c>
       <c r="J96" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K96" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97">
         <v>94</v>
       </c>
       <c r="B97" t="s">
-        <v>280</v>
+        <v>233</v>
       </c>
       <c r="C97" t="s">
-        <v>281</v>
+        <v>234</v>
       </c>
       <c r="D97" t="s">
-        <v>282</v>
+        <v>235</v>
       </c>
       <c r="E97" t="s">
         <v>15</v>
       </c>
       <c r="F97" t="s">
         <v>16</v>
       </c>
       <c r="G97" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H97" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I97" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J97" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K97" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98">
         <v>95</v>
       </c>
       <c r="B98" t="s">
-        <v>283</v>
+        <v>236</v>
       </c>
       <c r="C98" t="s">
-        <v>284</v>
+        <v>234</v>
       </c>
       <c r="D98" t="s">
-        <v>285</v>
+        <v>235</v>
       </c>
       <c r="E98" t="s">
         <v>15</v>
       </c>
       <c r="F98" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G98" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H98" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I98" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J98" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K98" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99">
         <v>96</v>
       </c>
       <c r="B99" t="s">
-        <v>286</v>
+        <v>237</v>
       </c>
       <c r="C99" t="s">
-        <v>287</v>
+        <v>238</v>
       </c>
       <c r="D99" t="s">
-        <v>255</v>
+        <v>239</v>
       </c>
       <c r="E99" t="s">
         <v>15</v>
       </c>
       <c r="F99" t="s">
         <v>16</v>
       </c>
       <c r="G99" t="s">
         <v>17</v>
       </c>
       <c r="H99" t="s">
         <v>17</v>
       </c>
       <c r="I99" t="s">
         <v>17</v>
       </c>
       <c r="J99" t="s">
         <v>17</v>
       </c>
       <c r="K99" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100">
         <v>97</v>
       </c>
       <c r="B100" t="s">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="C100" t="s">
-        <v>289</v>
+        <v>241</v>
       </c>
       <c r="D100" t="s">
-        <v>290</v>
+        <v>242</v>
       </c>
       <c r="E100" t="s">
         <v>15</v>
       </c>
       <c r="F100" t="s">
         <v>16</v>
       </c>
       <c r="G100" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H100" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I100" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J100" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K100" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101">
         <v>98</v>
       </c>
       <c r="B101" t="s">
-        <v>288</v>
+        <v>243</v>
       </c>
       <c r="C101" t="s">
-        <v>289</v>
+        <v>241</v>
       </c>
       <c r="D101" t="s">
-        <v>291</v>
+        <v>242</v>
       </c>
       <c r="E101" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F101" t="s">
         <v>16</v>
       </c>
       <c r="G101" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H101" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I101" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J101" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K101" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102">
         <v>99</v>
       </c>
       <c r="B102" t="s">
-        <v>292</v>
+        <v>244</v>
       </c>
       <c r="C102" t="s">
-        <v>293</v>
+        <v>245</v>
       </c>
       <c r="D102" t="s">
-        <v>68</v>
+        <v>246</v>
       </c>
       <c r="E102" t="s">
         <v>15</v>
       </c>
       <c r="F102" t="s">
         <v>16</v>
       </c>
       <c r="G102" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H102" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I102" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J102" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K102" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103">
         <v>100</v>
       </c>
       <c r="B103" t="s">
-        <v>294</v>
+        <v>247</v>
       </c>
       <c r="C103" t="s">
-        <v>295</v>
+        <v>248</v>
       </c>
       <c r="D103" t="s">
-        <v>296</v>
+        <v>249</v>
       </c>
       <c r="E103" t="s">
         <v>15</v>
       </c>
       <c r="F103" t="s">
         <v>16</v>
       </c>
       <c r="G103" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H103" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I103" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J103" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K103" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104">
         <v>101</v>
       </c>
       <c r="B104" t="s">
-        <v>297</v>
+        <v>250</v>
       </c>
       <c r="C104" t="s">
-        <v>298</v>
+        <v>251</v>
       </c>
       <c r="D104" t="s">
-        <v>299</v>
+        <v>93</v>
       </c>
       <c r="E104" t="s">
         <v>15</v>
       </c>
       <c r="F104" t="s">
         <v>16</v>
       </c>
       <c r="G104" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H104" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I104" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J104" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K104" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105">
         <v>102</v>
       </c>
       <c r="B105" t="s">
-        <v>300</v>
+        <v>252</v>
       </c>
       <c r="C105" t="s">
-        <v>301</v>
+        <v>253</v>
       </c>
       <c r="D105" t="s">
-        <v>302</v>
+        <v>254</v>
       </c>
       <c r="E105" t="s">
         <v>15</v>
       </c>
       <c r="F105" t="s">
         <v>16</v>
       </c>
       <c r="G105" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H105" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I105" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J105" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K105" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106">
         <v>103</v>
       </c>
       <c r="B106" t="s">
-        <v>303</v>
+        <v>255</v>
       </c>
       <c r="C106" t="s">
-        <v>304</v>
+        <v>256</v>
       </c>
       <c r="D106" t="s">
-        <v>305</v>
+        <v>257</v>
       </c>
       <c r="E106" t="s">
         <v>15</v>
       </c>
       <c r="F106" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G106" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H106" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I106" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J106" t="s">
         <v>17</v>
       </c>
       <c r="K106" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107">
         <v>104</v>
       </c>
       <c r="B107" t="s">
-        <v>306</v>
+        <v>258</v>
       </c>
       <c r="C107" t="s">
-        <v>304</v>
+        <v>259</v>
       </c>
       <c r="D107" t="s">
-        <v>305</v>
+        <v>260</v>
       </c>
       <c r="E107" t="s">
         <v>15</v>
       </c>
       <c r="F107" t="s">
         <v>16</v>
       </c>
       <c r="G107" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H107" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I107" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J107" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K107" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108">
         <v>105</v>
       </c>
       <c r="B108" t="s">
-        <v>307</v>
+        <v>261</v>
       </c>
       <c r="C108" t="s">
-        <v>308</v>
+        <v>262</v>
       </c>
       <c r="D108" t="s">
-        <v>309</v>
+        <v>263</v>
       </c>
       <c r="E108" t="s">
         <v>15</v>
       </c>
       <c r="F108" t="s">
         <v>16</v>
       </c>
       <c r="G108" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H108" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I108" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J108" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K108" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109">
         <v>106</v>
       </c>
       <c r="B109" t="s">
-        <v>310</v>
+        <v>264</v>
       </c>
       <c r="C109" t="s">
-        <v>311</v>
+        <v>265</v>
       </c>
       <c r="D109" t="s">
-        <v>312</v>
+        <v>266</v>
       </c>
       <c r="E109" t="s">
         <v>15</v>
       </c>
       <c r="F109" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G109" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H109" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I109" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J109" t="s">
         <v>17</v>
       </c>
       <c r="K109" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110">
         <v>107</v>
       </c>
       <c r="B110" t="s">
-        <v>313</v>
+        <v>267</v>
       </c>
       <c r="C110" t="s">
-        <v>311</v>
+        <v>268</v>
       </c>
       <c r="D110" t="s">
-        <v>312</v>
+        <v>269</v>
       </c>
       <c r="E110" t="s">
         <v>15</v>
       </c>
       <c r="F110" t="s">
         <v>16</v>
       </c>
       <c r="G110" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H110" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I110" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J110" t="s">
         <v>17</v>
       </c>
       <c r="K110" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111">
         <v>108</v>
       </c>
       <c r="B111" t="s">
-        <v>314</v>
+        <v>270</v>
       </c>
       <c r="C111" t="s">
-        <v>315</v>
+        <v>271</v>
       </c>
       <c r="D111" t="s">
-        <v>316</v>
+        <v>272</v>
       </c>
       <c r="E111" t="s">
         <v>15</v>
       </c>
       <c r="F111" t="s">
         <v>16</v>
       </c>
       <c r="G111" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H111" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I111" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J111" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K111" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112">
         <v>109</v>
       </c>
       <c r="B112" t="s">
-        <v>317</v>
+        <v>273</v>
       </c>
       <c r="C112" t="s">
-        <v>318</v>
+        <v>274</v>
       </c>
       <c r="D112" t="s">
-        <v>319</v>
+        <v>275</v>
       </c>
       <c r="E112" t="s">
         <v>15</v>
       </c>
       <c r="F112" t="s">
         <v>16</v>
       </c>
       <c r="G112" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H112" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I112" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J112" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K112" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113">
         <v>110</v>
       </c>
       <c r="B113" t="s">
-        <v>320</v>
+        <v>276</v>
       </c>
       <c r="C113" t="s">
-        <v>321</v>
+        <v>277</v>
       </c>
       <c r="D113" t="s">
-        <v>182</v>
+        <v>14</v>
       </c>
       <c r="E113" t="s">
         <v>15</v>
       </c>
       <c r="F113" t="s">
         <v>16</v>
       </c>
       <c r="G113" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H113" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I113" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J113" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K113" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114">
         <v>111</v>
       </c>
       <c r="B114" t="s">
-        <v>322</v>
+        <v>278</v>
       </c>
       <c r="C114" t="s">
-        <v>323</v>
+        <v>279</v>
       </c>
       <c r="D114" t="s">
-        <v>324</v>
+        <v>280</v>
       </c>
       <c r="E114" t="s">
         <v>15</v>
       </c>
       <c r="F114" t="s">
         <v>16</v>
       </c>
       <c r="G114" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H114" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I114" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J114" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K114" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115">
         <v>112</v>
       </c>
       <c r="B115" t="s">
-        <v>325</v>
+        <v>281</v>
       </c>
       <c r="C115" t="s">
-        <v>326</v>
+        <v>282</v>
       </c>
       <c r="D115" t="s">
-        <v>327</v>
+        <v>283</v>
       </c>
       <c r="E115" t="s">
         <v>15</v>
       </c>
       <c r="F115" t="s">
         <v>16</v>
       </c>
       <c r="G115" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H115" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I115" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J115" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K115" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116">
         <v>113</v>
       </c>
       <c r="B116" t="s">
-        <v>328</v>
+        <v>284</v>
       </c>
       <c r="C116" t="s">
-        <v>329</v>
+        <v>282</v>
       </c>
       <c r="D116" t="s">
-        <v>330</v>
+        <v>283</v>
       </c>
       <c r="E116" t="s">
         <v>15</v>
       </c>
       <c r="F116" t="s">
         <v>16</v>
       </c>
       <c r="G116" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H116" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I116" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J116" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K116" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117">
         <v>114</v>
       </c>
       <c r="B117" t="s">
-        <v>331</v>
+        <v>285</v>
       </c>
       <c r="C117" t="s">
-        <v>332</v>
+        <v>286</v>
       </c>
       <c r="D117" t="s">
-        <v>333</v>
+        <v>287</v>
       </c>
       <c r="E117" t="s">
         <v>15</v>
       </c>
       <c r="F117" t="s">
         <v>16</v>
       </c>
       <c r="G117" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H117" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I117" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J117" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K117" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118">
         <v>115</v>
       </c>
       <c r="B118" t="s">
-        <v>334</v>
+        <v>288</v>
       </c>
       <c r="C118" t="s">
-        <v>335</v>
+        <v>286</v>
       </c>
       <c r="D118" t="s">
-        <v>170</v>
+        <v>287</v>
       </c>
       <c r="E118" t="s">
         <v>15</v>
       </c>
       <c r="F118" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G118" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H118" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I118" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J118" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K118" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119">
         <v>116</v>
       </c>
       <c r="B119" t="s">
-        <v>336</v>
+        <v>289</v>
       </c>
       <c r="C119" t="s">
-        <v>337</v>
+        <v>290</v>
       </c>
       <c r="D119" t="s">
-        <v>338</v>
+        <v>291</v>
       </c>
       <c r="E119" t="s">
         <v>15</v>
       </c>
       <c r="F119" t="s">
         <v>16</v>
       </c>
       <c r="G119" t="s">
         <v>17</v>
       </c>
       <c r="H119" t="s">
         <v>17</v>
       </c>
       <c r="I119" t="s">
         <v>17</v>
       </c>
       <c r="J119" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K119" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120">
         <v>117</v>
       </c>
       <c r="B120" t="s">
-        <v>339</v>
+        <v>292</v>
       </c>
       <c r="C120" t="s">
-        <v>340</v>
+        <v>293</v>
       </c>
       <c r="D120" t="s">
-        <v>341</v>
+        <v>294</v>
       </c>
       <c r="E120" t="s">
         <v>15</v>
       </c>
       <c r="F120" t="s">
         <v>16</v>
       </c>
       <c r="G120" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H120" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I120" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J120" t="s">
         <v>17</v>
       </c>
       <c r="K120" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121">
         <v>118</v>
       </c>
       <c r="B121" t="s">
-        <v>342</v>
+        <v>295</v>
       </c>
       <c r="C121" t="s">
-        <v>343</v>
+        <v>296</v>
       </c>
       <c r="D121" t="s">
-        <v>344</v>
+        <v>275</v>
       </c>
       <c r="E121" t="s">
         <v>15</v>
       </c>
       <c r="F121" t="s">
         <v>16</v>
       </c>
       <c r="G121" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H121" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I121" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J121" t="s">
         <v>17</v>
       </c>
       <c r="K121" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122">
         <v>119</v>
       </c>
       <c r="B122" t="s">
-        <v>345</v>
+        <v>297</v>
       </c>
       <c r="C122" t="s">
-        <v>346</v>
+        <v>298</v>
       </c>
       <c r="D122" t="s">
-        <v>347</v>
+        <v>299</v>
       </c>
       <c r="E122" t="s">
         <v>15</v>
       </c>
       <c r="F122" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G122" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H122" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I122" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J122" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K122" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123">
         <v>120</v>
       </c>
       <c r="B123" t="s">
-        <v>348</v>
+        <v>300</v>
       </c>
       <c r="C123" t="s">
-        <v>349</v>
+        <v>301</v>
       </c>
       <c r="D123" t="s">
-        <v>350</v>
+        <v>14</v>
       </c>
       <c r="E123" t="s">
         <v>15</v>
       </c>
       <c r="F123" t="s">
         <v>16</v>
       </c>
       <c r="G123" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H123" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I123" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J123" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K123" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124">
         <v>121</v>
       </c>
       <c r="B124" t="s">
-        <v>351</v>
+        <v>302</v>
       </c>
       <c r="C124" t="s">
-        <v>352</v>
+        <v>303</v>
       </c>
       <c r="D124" t="s">
-        <v>353</v>
+        <v>201</v>
       </c>
       <c r="E124" t="s">
         <v>15</v>
       </c>
       <c r="F124" t="s">
         <v>16</v>
       </c>
       <c r="G124" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H124" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I124" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J124" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K124" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125">
         <v>122</v>
       </c>
       <c r="B125" t="s">
-        <v>351</v>
+        <v>304</v>
       </c>
       <c r="C125" t="s">
-        <v>352</v>
+        <v>305</v>
       </c>
       <c r="D125" t="s">
-        <v>354</v>
+        <v>306</v>
       </c>
       <c r="E125" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F125" t="s">
         <v>16</v>
       </c>
       <c r="G125" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H125" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I125" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J125" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K125" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126">
         <v>123</v>
       </c>
       <c r="B126" t="s">
-        <v>355</v>
+        <v>307</v>
       </c>
       <c r="C126" t="s">
-        <v>356</v>
+        <v>308</v>
       </c>
       <c r="D126" t="s">
-        <v>357</v>
+        <v>309</v>
       </c>
       <c r="E126" t="s">
         <v>15</v>
       </c>
       <c r="F126" t="s">
         <v>16</v>
       </c>
       <c r="G126" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H126" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I126" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J126" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K126" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127">
         <v>124</v>
       </c>
       <c r="B127" t="s">
-        <v>358</v>
+        <v>310</v>
       </c>
       <c r="C127" t="s">
-        <v>359</v>
+        <v>311</v>
       </c>
       <c r="D127" t="s">
-        <v>360</v>
+        <v>312</v>
       </c>
       <c r="E127" t="s">
-        <v>15</v>
+        <v>313</v>
       </c>
       <c r="F127" t="s">
         <v>16</v>
       </c>
       <c r="G127" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H127" t="s">
         <v>17</v>
       </c>
       <c r="I127" t="s">
         <v>17</v>
       </c>
       <c r="J127" t="s">
         <v>17</v>
       </c>
       <c r="K127" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128">
         <v>125</v>
       </c>
       <c r="B128" t="s">
-        <v>361</v>
+        <v>314</v>
       </c>
       <c r="C128" t="s">
-        <v>362</v>
+        <v>315</v>
       </c>
       <c r="D128" t="s">
-        <v>363</v>
+        <v>316</v>
       </c>
       <c r="E128" t="s">
         <v>15</v>
       </c>
       <c r="F128" t="s">
         <v>16</v>
       </c>
       <c r="G128" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H128" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I128" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J128" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K128" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129">
         <v>126</v>
       </c>
       <c r="B129" t="s">
-        <v>364</v>
+        <v>317</v>
       </c>
       <c r="C129" t="s">
-        <v>365</v>
+        <v>318</v>
       </c>
       <c r="D129" t="s">
-        <v>366</v>
+        <v>319</v>
       </c>
       <c r="E129" t="s">
         <v>15</v>
       </c>
       <c r="F129" t="s">
         <v>16</v>
       </c>
       <c r="G129" t="s">
         <v>17</v>
       </c>
       <c r="H129" t="s">
         <v>17</v>
       </c>
       <c r="I129" t="s">
         <v>17</v>
       </c>
       <c r="J129" t="s">
         <v>17</v>
       </c>
       <c r="K129" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130">
         <v>127</v>
       </c>
       <c r="B130" t="s">
-        <v>367</v>
+        <v>320</v>
       </c>
       <c r="C130" t="s">
-        <v>368</v>
+        <v>321</v>
       </c>
       <c r="D130" t="s">
-        <v>369</v>
+        <v>14</v>
       </c>
       <c r="E130" t="s">
         <v>15</v>
       </c>
       <c r="F130" t="s">
         <v>16</v>
       </c>
       <c r="G130" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H130" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I130" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J130" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K130" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131">
         <v>128</v>
       </c>
       <c r="B131" t="s">
-        <v>370</v>
+        <v>322</v>
       </c>
       <c r="C131" t="s">
-        <v>368</v>
+        <v>323</v>
       </c>
       <c r="D131" t="s">
-        <v>369</v>
+        <v>324</v>
       </c>
       <c r="E131" t="s">
         <v>15</v>
       </c>
       <c r="F131" t="s">
         <v>16</v>
       </c>
       <c r="G131" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H131" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I131" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J131" t="s">
         <v>17</v>
       </c>
       <c r="K131" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132">
         <v>129</v>
       </c>
       <c r="B132" t="s">
-        <v>371</v>
+        <v>325</v>
       </c>
       <c r="C132" t="s">
-        <v>372</v>
+        <v>326</v>
       </c>
       <c r="D132" t="s">
-        <v>373</v>
+        <v>14</v>
       </c>
       <c r="E132" t="s">
         <v>15</v>
       </c>
       <c r="F132" t="s">
         <v>16</v>
       </c>
       <c r="G132" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H132" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I132" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J132" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K132" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133">
         <v>130</v>
       </c>
       <c r="B133" t="s">
-        <v>374</v>
+        <v>327</v>
       </c>
       <c r="C133" t="s">
-        <v>372</v>
+        <v>326</v>
       </c>
       <c r="D133" t="s">
-        <v>373</v>
+        <v>14</v>
       </c>
       <c r="E133" t="s">
         <v>15</v>
       </c>
       <c r="F133" t="s">
         <v>16</v>
       </c>
       <c r="G133" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H133" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I133" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J133" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K133" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134">
         <v>131</v>
       </c>
       <c r="B134" t="s">
-        <v>375</v>
+        <v>328</v>
       </c>
       <c r="C134" t="s">
-        <v>376</v>
+        <v>329</v>
       </c>
       <c r="D134" t="s">
-        <v>377</v>
+        <v>330</v>
       </c>
       <c r="E134" t="s">
         <v>15</v>
       </c>
       <c r="F134" t="s">
         <v>16</v>
       </c>
       <c r="G134" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H134" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I134" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J134" t="s">
         <v>17</v>
       </c>
       <c r="K134" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135">
         <v>132</v>
       </c>
       <c r="B135" t="s">
-        <v>378</v>
+        <v>331</v>
       </c>
       <c r="C135" t="s">
-        <v>379</v>
+        <v>332</v>
       </c>
       <c r="D135" t="s">
-        <v>380</v>
+        <v>333</v>
       </c>
       <c r="E135" t="s">
         <v>15</v>
       </c>
       <c r="F135" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G135" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H135" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I135" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J135" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K135" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136">
         <v>133</v>
       </c>
       <c r="B136" t="s">
-        <v>381</v>
+        <v>334</v>
       </c>
       <c r="C136" t="s">
-        <v>382</v>
+        <v>335</v>
       </c>
       <c r="D136" t="s">
-        <v>383</v>
+        <v>336</v>
       </c>
       <c r="E136" t="s">
         <v>15</v>
       </c>
       <c r="F136" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G136" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H136" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I136" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J136" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K136" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137">
         <v>134</v>
       </c>
       <c r="B137" t="s">
-        <v>384</v>
+        <v>337</v>
       </c>
       <c r="C137" t="s">
-        <v>385</v>
+        <v>335</v>
       </c>
       <c r="D137" t="s">
-        <v>386</v>
+        <v>336</v>
       </c>
       <c r="E137" t="s">
         <v>15</v>
       </c>
       <c r="F137" t="s">
         <v>16</v>
       </c>
       <c r="G137" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H137" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I137" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J137" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K137" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138">
         <v>135</v>
       </c>
       <c r="B138" t="s">
-        <v>387</v>
+        <v>338</v>
       </c>
       <c r="C138" t="s">
-        <v>388</v>
+        <v>339</v>
       </c>
       <c r="D138" t="s">
-        <v>389</v>
+        <v>340</v>
       </c>
       <c r="E138" t="s">
         <v>15</v>
       </c>
       <c r="F138" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G138" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H138" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I138" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J138" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K138" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139">
         <v>136</v>
       </c>
       <c r="B139" t="s">
-        <v>390</v>
+        <v>341</v>
       </c>
       <c r="C139" t="s">
-        <v>391</v>
+        <v>342</v>
       </c>
       <c r="D139" t="s">
-        <v>264</v>
+        <v>343</v>
       </c>
       <c r="E139" t="s">
         <v>15</v>
       </c>
       <c r="F139" t="s">
         <v>16</v>
       </c>
       <c r="G139" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H139" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I139" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J139" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K139" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140">
         <v>137</v>
       </c>
       <c r="B140" t="s">
-        <v>392</v>
+        <v>344</v>
       </c>
       <c r="C140" t="s">
-        <v>393</v>
+        <v>345</v>
       </c>
       <c r="D140" t="s">
-        <v>394</v>
+        <v>346</v>
       </c>
       <c r="E140" t="s">
         <v>15</v>
       </c>
       <c r="F140" t="s">
         <v>16</v>
       </c>
       <c r="G140" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H140" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I140" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J140" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K140" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141">
         <v>138</v>
       </c>
       <c r="B141" t="s">
-        <v>395</v>
+        <v>347</v>
       </c>
       <c r="C141" t="s">
-        <v>396</v>
+        <v>348</v>
       </c>
       <c r="D141" t="s">
-        <v>397</v>
+        <v>14</v>
       </c>
       <c r="E141" t="s">
         <v>15</v>
       </c>
       <c r="F141" t="s">
         <v>16</v>
       </c>
       <c r="G141" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H141" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I141" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J141" t="s">
         <v>17</v>
       </c>
       <c r="K141" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142">
         <v>139</v>
       </c>
       <c r="B142" t="s">
-        <v>398</v>
+        <v>349</v>
       </c>
       <c r="C142" t="s">
-        <v>399</v>
+        <v>348</v>
       </c>
       <c r="D142" t="s">
-        <v>400</v>
+        <v>14</v>
       </c>
       <c r="E142" t="s">
         <v>15</v>
       </c>
       <c r="F142" t="s">
         <v>16</v>
       </c>
       <c r="G142" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H142" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I142" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J142" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K142" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143">
         <v>140</v>
       </c>
       <c r="B143" t="s">
-        <v>401</v>
+        <v>350</v>
       </c>
       <c r="C143" t="s">
-        <v>402</v>
+        <v>351</v>
       </c>
       <c r="D143" t="s">
-        <v>403</v>
+        <v>352</v>
       </c>
       <c r="E143" t="s">
         <v>15</v>
       </c>
       <c r="F143" t="s">
         <v>16</v>
       </c>
       <c r="G143" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H143" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I143" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J143" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K143" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144">
         <v>141</v>
       </c>
       <c r="B144" t="s">
-        <v>404</v>
+        <v>353</v>
       </c>
       <c r="C144" t="s">
-        <v>405</v>
+        <v>354</v>
       </c>
       <c r="D144" t="s">
-        <v>406</v>
+        <v>355</v>
       </c>
       <c r="E144" t="s">
         <v>15</v>
       </c>
       <c r="F144" t="s">
         <v>16</v>
       </c>
       <c r="G144" t="s">
         <v>17</v>
       </c>
       <c r="H144" t="s">
         <v>17</v>
       </c>
       <c r="I144" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J144" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K144" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145">
         <v>142</v>
       </c>
       <c r="B145" t="s">
-        <v>407</v>
+        <v>356</v>
       </c>
       <c r="C145" t="s">
-        <v>408</v>
+        <v>357</v>
       </c>
       <c r="D145" t="s">
-        <v>383</v>
+        <v>358</v>
       </c>
       <c r="E145" t="s">
-        <v>409</v>
+        <v>15</v>
       </c>
       <c r="F145" t="s">
         <v>16</v>
       </c>
       <c r="G145" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H145" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I145" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J145" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K145" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146">
         <v>143</v>
       </c>
       <c r="B146" t="s">
-        <v>410</v>
+        <v>359</v>
       </c>
       <c r="C146" t="s">
-        <v>411</v>
+        <v>360</v>
       </c>
       <c r="D146" t="s">
-        <v>412</v>
+        <v>14</v>
       </c>
       <c r="E146" t="s">
         <v>15</v>
       </c>
       <c r="F146" t="s">
         <v>16</v>
       </c>
       <c r="G146" t="s">
         <v>17</v>
       </c>
       <c r="H146" t="s">
         <v>17</v>
       </c>
       <c r="I146" t="s">
         <v>17</v>
       </c>
       <c r="J146" t="s">
         <v>17</v>
       </c>
       <c r="K146" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147">
         <v>144</v>
       </c>
       <c r="B147" t="s">
-        <v>413</v>
+        <v>361</v>
       </c>
       <c r="C147" t="s">
-        <v>414</v>
+        <v>362</v>
       </c>
       <c r="D147" t="s">
-        <v>415</v>
+        <v>363</v>
       </c>
       <c r="E147" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F147" t="s">
         <v>16</v>
       </c>
       <c r="G147" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H147" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I147" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J147" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K147" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148">
         <v>145</v>
       </c>
       <c r="B148" t="s">
-        <v>413</v>
+        <v>364</v>
       </c>
       <c r="C148" t="s">
-        <v>414</v>
+        <v>365</v>
       </c>
       <c r="D148" t="s">
-        <v>416</v>
+        <v>366</v>
       </c>
       <c r="E148" t="s">
         <v>15</v>
       </c>
       <c r="F148" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G148" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H148" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I148" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J148" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K148" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149">
         <v>146</v>
       </c>
       <c r="B149" t="s">
-        <v>417</v>
+        <v>367</v>
       </c>
       <c r="C149" t="s">
-        <v>418</v>
+        <v>368</v>
       </c>
       <c r="D149" t="s">
-        <v>173</v>
+        <v>369</v>
       </c>
       <c r="E149" t="s">
         <v>15</v>
       </c>
       <c r="F149" t="s">
         <v>16</v>
       </c>
       <c r="G149" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H149" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I149" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J149" t="s">
         <v>17</v>
       </c>
       <c r="K149" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150">
         <v>147</v>
       </c>
       <c r="B150" t="s">
-        <v>419</v>
+        <v>370</v>
       </c>
       <c r="C150" t="s">
-        <v>420</v>
+        <v>368</v>
       </c>
       <c r="D150" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="E150" t="s">
         <v>15</v>
       </c>
       <c r="F150" t="s">
         <v>16</v>
       </c>
       <c r="G150" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H150" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I150" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J150" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K150" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151">
         <v>148</v>
       </c>
       <c r="B151" t="s">
-        <v>422</v>
+        <v>371</v>
       </c>
       <c r="C151" t="s">
-        <v>423</v>
+        <v>372</v>
       </c>
       <c r="D151" t="s">
-        <v>424</v>
+        <v>246</v>
       </c>
       <c r="E151" t="s">
         <v>15</v>
       </c>
       <c r="F151" t="s">
         <v>16</v>
       </c>
       <c r="G151" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H151" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I151" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J151" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K151" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152">
         <v>149</v>
       </c>
       <c r="B152" t="s">
-        <v>425</v>
+        <v>373</v>
       </c>
       <c r="C152" t="s">
-        <v>426</v>
+        <v>374</v>
       </c>
       <c r="D152" t="s">
-        <v>427</v>
+        <v>14</v>
       </c>
       <c r="E152" t="s">
         <v>15</v>
       </c>
       <c r="F152" t="s">
         <v>16</v>
       </c>
       <c r="G152" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H152" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I152" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J152" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K152" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153">
         <v>150</v>
       </c>
       <c r="B153" t="s">
-        <v>428</v>
+        <v>375</v>
       </c>
       <c r="C153" t="s">
-        <v>429</v>
+        <v>376</v>
       </c>
       <c r="D153" t="s">
-        <v>430</v>
+        <v>287</v>
       </c>
       <c r="E153" t="s">
         <v>15</v>
       </c>
       <c r="F153" t="s">
         <v>16</v>
       </c>
       <c r="G153" t="s">
         <v>17</v>
       </c>
       <c r="H153" t="s">
         <v>17</v>
       </c>
       <c r="I153" t="s">
         <v>17</v>
       </c>
       <c r="J153" t="s">
         <v>17</v>
       </c>
       <c r="K153" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154">
         <v>151</v>
       </c>
       <c r="B154" t="s">
-        <v>431</v>
+        <v>377</v>
       </c>
       <c r="C154" t="s">
-        <v>432</v>
+        <v>378</v>
       </c>
       <c r="D154" t="s">
-        <v>433</v>
+        <v>379</v>
       </c>
       <c r="E154" t="s">
         <v>15</v>
       </c>
       <c r="F154" t="s">
         <v>16</v>
       </c>
       <c r="G154" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H154" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I154" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J154" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K154" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155">
         <v>152</v>
       </c>
       <c r="B155" t="s">
-        <v>434</v>
+        <v>380</v>
       </c>
       <c r="C155" t="s">
-        <v>435</v>
+        <v>381</v>
       </c>
       <c r="D155" t="s">
-        <v>436</v>
+        <v>382</v>
       </c>
       <c r="E155" t="s">
         <v>15</v>
       </c>
       <c r="F155" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G155" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H155" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I155" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J155" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K155" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156">
         <v>153</v>
       </c>
       <c r="B156" t="s">
-        <v>437</v>
+        <v>383</v>
       </c>
       <c r="C156" t="s">
-        <v>438</v>
+        <v>384</v>
       </c>
       <c r="D156" t="s">
-        <v>439</v>
+        <v>385</v>
       </c>
       <c r="E156" t="s">
         <v>15</v>
       </c>
       <c r="F156" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G156" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H156" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I156" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J156" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K156" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157">
         <v>154</v>
       </c>
       <c r="B157" t="s">
-        <v>440</v>
+        <v>386</v>
       </c>
       <c r="C157" t="s">
-        <v>438</v>
+        <v>387</v>
       </c>
       <c r="D157" t="s">
-        <v>439</v>
+        <v>388</v>
       </c>
       <c r="E157" t="s">
         <v>15</v>
       </c>
       <c r="F157" t="s">
         <v>16</v>
       </c>
       <c r="G157" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H157" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I157" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J157" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K157" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158">
         <v>155</v>
       </c>
       <c r="B158" t="s">
-        <v>441</v>
+        <v>389</v>
       </c>
       <c r="C158" t="s">
-        <v>442</v>
+        <v>390</v>
       </c>
       <c r="D158" t="s">
-        <v>443</v>
+        <v>391</v>
       </c>
       <c r="E158" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F158" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G158" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H158" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I158" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J158" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K158" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159">
         <v>156</v>
       </c>
       <c r="B159" t="s">
-        <v>441</v>
+        <v>392</v>
       </c>
       <c r="C159" t="s">
-        <v>442</v>
+        <v>393</v>
       </c>
       <c r="D159" t="s">
-        <v>124</v>
+        <v>14</v>
       </c>
       <c r="E159" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F159" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G159" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H159" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I159" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J159" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K159" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160">
         <v>157</v>
       </c>
       <c r="B160" t="s">
-        <v>441</v>
+        <v>394</v>
       </c>
       <c r="C160" t="s">
-        <v>442</v>
+        <v>395</v>
       </c>
       <c r="D160" t="s">
-        <v>444</v>
+        <v>275</v>
       </c>
       <c r="E160" t="s">
         <v>15</v>
       </c>
       <c r="F160" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G160" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H160" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I160" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J160" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K160" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161">
         <v>158</v>
       </c>
       <c r="B161" t="s">
-        <v>445</v>
+        <v>396</v>
       </c>
       <c r="C161" t="s">
-        <v>446</v>
+        <v>395</v>
       </c>
       <c r="D161" t="s">
-        <v>447</v>
+        <v>275</v>
       </c>
       <c r="E161" t="s">
         <v>15</v>
       </c>
       <c r="F161" t="s">
         <v>16</v>
       </c>
       <c r="G161" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H161" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I161" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J161" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K161" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162">
         <v>159</v>
       </c>
       <c r="B162" t="s">
-        <v>448</v>
+        <v>397</v>
       </c>
       <c r="C162" t="s">
-        <v>449</v>
+        <v>398</v>
       </c>
       <c r="D162" t="s">
-        <v>450</v>
+        <v>14</v>
       </c>
       <c r="E162" t="s">
         <v>15</v>
       </c>
       <c r="F162" t="s">
         <v>16</v>
       </c>
       <c r="G162" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H162" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I162" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J162" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K162" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163">
         <v>160</v>
       </c>
       <c r="B163" t="s">
-        <v>451</v>
+        <v>399</v>
       </c>
       <c r="C163" t="s">
-        <v>452</v>
+        <v>400</v>
       </c>
       <c r="D163" t="s">
-        <v>453</v>
+        <v>104</v>
       </c>
       <c r="E163" t="s">
         <v>15</v>
       </c>
       <c r="F163" t="s">
         <v>16</v>
       </c>
       <c r="G163" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H163" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I163" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J163" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K163" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164">
         <v>161</v>
       </c>
       <c r="B164" t="s">
-        <v>454</v>
+        <v>401</v>
       </c>
       <c r="C164" t="s">
-        <v>455</v>
+        <v>402</v>
       </c>
       <c r="D164" t="s">
-        <v>456</v>
+        <v>403</v>
       </c>
       <c r="E164" t="s">
         <v>15</v>
       </c>
       <c r="F164" t="s">
         <v>16</v>
       </c>
       <c r="G164" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H164" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I164" t="s">
         <v>17</v>
       </c>
       <c r="J164" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K164" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165">
         <v>162</v>
       </c>
       <c r="B165" t="s">
-        <v>457</v>
+        <v>404</v>
       </c>
       <c r="C165" t="s">
-        <v>458</v>
+        <v>405</v>
       </c>
       <c r="D165" t="s">
-        <v>459</v>
+        <v>14</v>
       </c>
       <c r="E165" t="s">
         <v>15</v>
       </c>
       <c r="F165" t="s">
         <v>16</v>
       </c>
       <c r="G165" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H165" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I165" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J165" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K165" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166">
         <v>163</v>
       </c>
       <c r="B166" t="s">
-        <v>460</v>
+        <v>406</v>
       </c>
       <c r="C166" t="s">
-        <v>461</v>
+        <v>407</v>
       </c>
       <c r="D166" t="s">
-        <v>462</v>
+        <v>408</v>
       </c>
       <c r="E166" t="s">
         <v>15</v>
       </c>
       <c r="F166" t="s">
         <v>16</v>
       </c>
       <c r="G166" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H166" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I166" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J166" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K166" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167">
         <v>164</v>
       </c>
       <c r="B167" t="s">
-        <v>463</v>
+        <v>409</v>
       </c>
       <c r="C167" t="s">
-        <v>461</v>
+        <v>410</v>
       </c>
       <c r="D167" t="s">
-        <v>462</v>
+        <v>411</v>
       </c>
       <c r="E167" t="s">
         <v>15</v>
       </c>
       <c r="F167" t="s">
         <v>16</v>
       </c>
       <c r="G167" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H167" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I167" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J167" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K167" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168">
         <v>165</v>
       </c>
       <c r="B168" t="s">
-        <v>463</v>
+        <v>412</v>
       </c>
       <c r="C168" t="s">
-        <v>461</v>
+        <v>413</v>
       </c>
       <c r="D168" t="s">
-        <v>464</v>
+        <v>14</v>
       </c>
       <c r="E168" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F168" t="s">
         <v>16</v>
       </c>
       <c r="G168" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H168" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I168" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J168" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K168" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169">
         <v>166</v>
       </c>
       <c r="B169" t="s">
-        <v>460</v>
+        <v>414</v>
       </c>
       <c r="C169" t="s">
-        <v>461</v>
+        <v>415</v>
       </c>
       <c r="D169" t="s">
-        <v>464</v>
+        <v>416</v>
       </c>
       <c r="E169" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F169" t="s">
         <v>16</v>
       </c>
       <c r="G169" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H169" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I169" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J169" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K169" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170">
         <v>167</v>
       </c>
       <c r="B170" t="s">
-        <v>465</v>
+        <v>417</v>
       </c>
       <c r="C170" t="s">
-        <v>466</v>
+        <v>418</v>
       </c>
       <c r="D170" t="s">
-        <v>467</v>
+        <v>419</v>
       </c>
       <c r="E170" t="s">
         <v>15</v>
       </c>
       <c r="F170" t="s">
         <v>16</v>
       </c>
       <c r="G170" t="s">
         <v>17</v>
       </c>
       <c r="H170" t="s">
         <v>17</v>
       </c>
       <c r="I170" t="s">
         <v>17</v>
       </c>
       <c r="J170" t="s">
         <v>17</v>
       </c>
       <c r="K170" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171">
         <v>168</v>
       </c>
       <c r="B171" t="s">
-        <v>468</v>
+        <v>420</v>
       </c>
       <c r="C171" t="s">
-        <v>469</v>
+        <v>421</v>
       </c>
       <c r="D171" t="s">
-        <v>327</v>
+        <v>422</v>
       </c>
       <c r="E171" t="s">
         <v>15</v>
       </c>
       <c r="F171" t="s">
         <v>16</v>
       </c>
       <c r="G171" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H171" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I171" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J171" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K171" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172">
         <v>169</v>
       </c>
       <c r="B172" t="s">
-        <v>468</v>
+        <v>423</v>
       </c>
       <c r="C172" t="s">
-        <v>469</v>
+        <v>421</v>
       </c>
       <c r="D172" t="s">
-        <v>470</v>
+        <v>422</v>
       </c>
       <c r="E172" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F172" t="s">
         <v>16</v>
       </c>
       <c r="G172" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H172" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I172" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J172" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K172" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173">
         <v>170</v>
       </c>
       <c r="B173" t="s">
-        <v>471</v>
+        <v>424</v>
       </c>
       <c r="C173" t="s">
-        <v>472</v>
+        <v>425</v>
       </c>
       <c r="D173" t="s">
-        <v>302</v>
+        <v>14</v>
       </c>
       <c r="E173" t="s">
         <v>15</v>
       </c>
       <c r="F173" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G173" t="s">
         <v>17</v>
       </c>
       <c r="H173" t="s">
         <v>17</v>
       </c>
       <c r="I173" t="s">
         <v>17</v>
       </c>
       <c r="J173" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K173" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174">
         <v>171</v>
       </c>
       <c r="B174" t="s">
-        <v>473</v>
+        <v>426</v>
       </c>
       <c r="C174" t="s">
-        <v>474</v>
+        <v>427</v>
       </c>
       <c r="D174" t="s">
-        <v>475</v>
+        <v>428</v>
       </c>
       <c r="E174" t="s">
         <v>15</v>
       </c>
       <c r="F174" t="s">
         <v>16</v>
       </c>
       <c r="G174" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H174" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I174" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J174" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K174" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175">
         <v>172</v>
       </c>
       <c r="B175" t="s">
-        <v>476</v>
+        <v>429</v>
       </c>
       <c r="C175" t="s">
-        <v>474</v>
+        <v>430</v>
       </c>
       <c r="D175" t="s">
-        <v>475</v>
+        <v>358</v>
       </c>
       <c r="E175" t="s">
         <v>15</v>
       </c>
       <c r="F175" t="s">
         <v>16</v>
       </c>
       <c r="G175" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H175" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I175" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J175" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K175" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176">
         <v>173</v>
       </c>
       <c r="B176" t="s">
-        <v>477</v>
+        <v>431</v>
       </c>
       <c r="C176" t="s">
-        <v>478</v>
+        <v>432</v>
       </c>
       <c r="D176" t="s">
-        <v>479</v>
+        <v>14</v>
       </c>
       <c r="E176" t="s">
         <v>15</v>
       </c>
       <c r="F176" t="s">
         <v>16</v>
       </c>
       <c r="G176" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H176" t="s">
         <v>17</v>
       </c>
       <c r="I176" t="s">
         <v>17</v>
       </c>
       <c r="J176" t="s">
         <v>17</v>
       </c>
       <c r="K176" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177">
         <v>174</v>
       </c>
       <c r="B177" t="s">
-        <v>480</v>
+        <v>433</v>
       </c>
       <c r="C177" t="s">
-        <v>481</v>
+        <v>432</v>
       </c>
       <c r="D177" t="s">
-        <v>482</v>
+        <v>14</v>
       </c>
       <c r="E177" t="s">
         <v>15</v>
       </c>
       <c r="F177" t="s">
         <v>16</v>
       </c>
       <c r="G177" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H177" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I177" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J177" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K177" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178">
         <v>175</v>
       </c>
       <c r="B178" t="s">
-        <v>483</v>
+        <v>434</v>
       </c>
       <c r="C178" t="s">
-        <v>484</v>
+        <v>432</v>
       </c>
       <c r="D178" t="s">
-        <v>485</v>
+        <v>14</v>
       </c>
       <c r="E178" t="s">
         <v>15</v>
       </c>
       <c r="F178" t="s">
         <v>16</v>
       </c>
       <c r="G178" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H178" t="s">
         <v>17</v>
       </c>
       <c r="I178" t="s">
         <v>17</v>
       </c>
       <c r="J178" t="s">
         <v>17</v>
       </c>
       <c r="K178" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179">
         <v>176</v>
       </c>
       <c r="B179" t="s">
-        <v>486</v>
+        <v>435</v>
       </c>
       <c r="C179" t="s">
-        <v>487</v>
+        <v>436</v>
       </c>
       <c r="D179" t="s">
-        <v>488</v>
+        <v>437</v>
       </c>
       <c r="E179" t="s">
         <v>15</v>
       </c>
       <c r="F179" t="s">
         <v>16</v>
       </c>
       <c r="G179" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H179" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I179" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J179" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K179" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180">
         <v>177</v>
       </c>
       <c r="B180" t="s">
-        <v>489</v>
+        <v>438</v>
       </c>
       <c r="C180" t="s">
-        <v>490</v>
+        <v>439</v>
       </c>
       <c r="D180" t="s">
-        <v>491</v>
+        <v>440</v>
       </c>
       <c r="E180" t="s">
         <v>15</v>
       </c>
       <c r="F180" t="s">
         <v>16</v>
       </c>
       <c r="G180" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H180" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I180" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J180" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K180" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181">
         <v>178</v>
       </c>
       <c r="B181" t="s">
-        <v>492</v>
+        <v>441</v>
       </c>
       <c r="C181" t="s">
-        <v>493</v>
+        <v>442</v>
       </c>
       <c r="D181" t="s">
-        <v>494</v>
+        <v>14</v>
       </c>
       <c r="E181" t="s">
         <v>15</v>
       </c>
       <c r="F181" t="s">
         <v>16</v>
       </c>
       <c r="G181" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H181" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I181" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J181" t="s">
         <v>17</v>
       </c>
       <c r="K181" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182">
         <v>179</v>
       </c>
       <c r="B182" t="s">
-        <v>495</v>
+        <v>443</v>
       </c>
       <c r="C182" t="s">
-        <v>496</v>
+        <v>444</v>
       </c>
       <c r="D182" t="s">
-        <v>491</v>
+        <v>445</v>
       </c>
       <c r="E182" t="s">
         <v>15</v>
       </c>
       <c r="F182" t="s">
         <v>16</v>
       </c>
       <c r="G182" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H182" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I182" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J182" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K182" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183">
         <v>180</v>
       </c>
       <c r="B183" t="s">
-        <v>497</v>
+        <v>446</v>
       </c>
       <c r="C183" t="s">
-        <v>498</v>
+        <v>447</v>
       </c>
       <c r="D183" t="s">
-        <v>499</v>
+        <v>448</v>
       </c>
       <c r="E183" t="s">
         <v>15</v>
       </c>
       <c r="F183" t="s">
         <v>16</v>
       </c>
       <c r="G183" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H183" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I183" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J183" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K183" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184">
         <v>181</v>
       </c>
       <c r="B184" t="s">
-        <v>500</v>
+        <v>449</v>
       </c>
       <c r="C184" t="s">
-        <v>501</v>
+        <v>450</v>
       </c>
       <c r="D184" t="s">
-        <v>502</v>
+        <v>385</v>
       </c>
       <c r="E184" t="s">
         <v>15</v>
       </c>
       <c r="F184" t="s">
         <v>16</v>
       </c>
       <c r="G184" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H184" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I184" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J184" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K184" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185">
         <v>182</v>
       </c>
       <c r="B185" t="s">
-        <v>503</v>
+        <v>451</v>
       </c>
       <c r="C185" t="s">
-        <v>504</v>
+        <v>452</v>
       </c>
       <c r="D185" t="s">
-        <v>505</v>
+        <v>453</v>
       </c>
       <c r="E185" t="s">
         <v>15</v>
       </c>
       <c r="F185" t="s">
         <v>16</v>
       </c>
       <c r="G185" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H185" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I185" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J185" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K185" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186">
         <v>183</v>
       </c>
       <c r="B186" t="s">
-        <v>503</v>
+        <v>454</v>
       </c>
       <c r="C186" t="s">
-        <v>504</v>
+        <v>452</v>
       </c>
       <c r="D186" t="s">
-        <v>506</v>
+        <v>453</v>
       </c>
       <c r="E186" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F186" t="s">
         <v>16</v>
       </c>
       <c r="G186" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H186" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I186" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J186" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K186" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187">
         <v>184</v>
       </c>
       <c r="B187" t="s">
-        <v>507</v>
+        <v>455</v>
       </c>
       <c r="C187" t="s">
-        <v>508</v>
+        <v>456</v>
       </c>
       <c r="D187" t="s">
-        <v>182</v>
+        <v>453</v>
       </c>
       <c r="E187" t="s">
         <v>15</v>
       </c>
       <c r="F187" t="s">
         <v>16</v>
       </c>
       <c r="G187" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H187" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I187" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J187" t="s">
         <v>17</v>
       </c>
       <c r="K187" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188">
         <v>185</v>
       </c>
       <c r="B188" t="s">
-        <v>509</v>
+        <v>457</v>
       </c>
       <c r="C188" t="s">
-        <v>508</v>
+        <v>456</v>
       </c>
       <c r="D188" t="s">
-        <v>182</v>
+        <v>453</v>
       </c>
       <c r="E188" t="s">
         <v>15</v>
       </c>
       <c r="F188" t="s">
         <v>16</v>
       </c>
       <c r="G188" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H188" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I188" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J188" t="s">
         <v>17</v>
       </c>
       <c r="K188" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189">
         <v>186</v>
       </c>
       <c r="B189" t="s">
-        <v>510</v>
+        <v>458</v>
       </c>
       <c r="C189" t="s">
-        <v>511</v>
+        <v>456</v>
       </c>
       <c r="D189" t="s">
-        <v>512</v>
+        <v>453</v>
       </c>
       <c r="E189" t="s">
         <v>15</v>
       </c>
       <c r="F189" t="s">
         <v>16</v>
       </c>
       <c r="G189" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H189" t="s">
         <v>17</v>
       </c>
       <c r="I189" t="s">
         <v>17</v>
       </c>
       <c r="J189" t="s">
         <v>17</v>
       </c>
       <c r="K189" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190">
         <v>187</v>
       </c>
       <c r="B190" t="s">
-        <v>513</v>
+        <v>459</v>
       </c>
       <c r="C190" t="s">
-        <v>514</v>
+        <v>456</v>
       </c>
       <c r="D190" t="s">
-        <v>515</v>
+        <v>453</v>
       </c>
       <c r="E190" t="s">
         <v>15</v>
       </c>
       <c r="F190" t="s">
         <v>16</v>
       </c>
       <c r="G190" t="s">
         <v>17</v>
       </c>
       <c r="H190" t="s">
         <v>17</v>
       </c>
       <c r="I190" t="s">
         <v>17</v>
       </c>
       <c r="J190" t="s">
         <v>17</v>
       </c>
       <c r="K190" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191">
         <v>188</v>
       </c>
       <c r="B191" t="s">
-        <v>516</v>
+        <v>460</v>
       </c>
       <c r="C191" t="s">
-        <v>517</v>
+        <v>456</v>
       </c>
       <c r="D191" t="s">
-        <v>518</v>
+        <v>453</v>
       </c>
       <c r="E191" t="s">
         <v>15</v>
       </c>
       <c r="F191" t="s">
         <v>16</v>
       </c>
       <c r="G191" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H191" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I191" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J191" t="s">
         <v>17</v>
       </c>
       <c r="K191" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192">
         <v>189</v>
       </c>
       <c r="B192" t="s">
-        <v>519</v>
+        <v>461</v>
       </c>
       <c r="C192" t="s">
-        <v>520</v>
+        <v>462</v>
       </c>
       <c r="D192" t="s">
-        <v>521</v>
+        <v>463</v>
       </c>
       <c r="E192" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F192" t="s">
         <v>16</v>
       </c>
       <c r="G192" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H192" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I192" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J192" t="s">
         <v>17</v>
       </c>
       <c r="K192" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193">
         <v>190</v>
       </c>
       <c r="B193" t="s">
-        <v>519</v>
+        <v>464</v>
       </c>
       <c r="C193" t="s">
-        <v>520</v>
+        <v>465</v>
       </c>
       <c r="D193" t="s">
-        <v>522</v>
+        <v>466</v>
       </c>
       <c r="E193" t="s">
         <v>15</v>
       </c>
       <c r="F193" t="s">
         <v>16</v>
       </c>
       <c r="G193" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H193" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I193" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J193" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K193" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194">
         <v>191</v>
       </c>
       <c r="B194" t="s">
-        <v>523</v>
+        <v>467</v>
       </c>
       <c r="C194" t="s">
-        <v>524</v>
+        <v>468</v>
       </c>
       <c r="D194" t="s">
-        <v>525</v>
+        <v>469</v>
       </c>
       <c r="E194" t="s">
         <v>15</v>
       </c>
       <c r="F194" t="s">
         <v>16</v>
       </c>
       <c r="G194" t="s">
         <v>17</v>
       </c>
       <c r="H194" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I194" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J194" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K194" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195">
         <v>192</v>
       </c>
       <c r="B195" t="s">
-        <v>526</v>
+        <v>470</v>
       </c>
       <c r="C195" t="s">
-        <v>527</v>
+        <v>471</v>
       </c>
       <c r="D195" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="E195" t="s">
         <v>15</v>
       </c>
       <c r="F195" t="s">
         <v>16</v>
       </c>
       <c r="G195" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H195" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I195" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J195" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K195" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196">
         <v>193</v>
       </c>
       <c r="B196" t="s">
-        <v>528</v>
+        <v>473</v>
       </c>
       <c r="C196" t="s">
-        <v>529</v>
+        <v>474</v>
       </c>
       <c r="D196" t="s">
-        <v>230</v>
+        <v>475</v>
       </c>
       <c r="E196" t="s">
         <v>15</v>
       </c>
       <c r="F196" t="s">
         <v>16</v>
       </c>
       <c r="G196" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H196" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I196" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J196" t="s">
         <v>17</v>
       </c>
       <c r="K196" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197">
         <v>194</v>
       </c>
       <c r="B197" t="s">
-        <v>530</v>
+        <v>476</v>
       </c>
       <c r="C197" t="s">
-        <v>531</v>
+        <v>477</v>
       </c>
       <c r="D197" t="s">
-        <v>532</v>
+        <v>14</v>
       </c>
       <c r="E197" t="s">
         <v>15</v>
       </c>
       <c r="F197" t="s">
         <v>16</v>
       </c>
       <c r="G197" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H197" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I197" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J197" t="s">
         <v>17</v>
       </c>
       <c r="K197" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198">
         <v>195</v>
       </c>
       <c r="B198" t="s">
-        <v>533</v>
+        <v>478</v>
       </c>
       <c r="C198" t="s">
-        <v>534</v>
+        <v>479</v>
       </c>
       <c r="D198" t="s">
-        <v>170</v>
+        <v>480</v>
       </c>
       <c r="E198" t="s">
         <v>15</v>
       </c>
       <c r="F198" t="s">
         <v>16</v>
       </c>
       <c r="G198" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H198" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I198" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J198" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K198" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199">
         <v>196</v>
       </c>
       <c r="B199" t="s">
-        <v>535</v>
+        <v>481</v>
       </c>
       <c r="C199" t="s">
-        <v>536</v>
+        <v>482</v>
       </c>
       <c r="D199" t="s">
-        <v>537</v>
+        <v>207</v>
       </c>
       <c r="E199" t="s">
         <v>15</v>
       </c>
       <c r="F199" t="s">
         <v>16</v>
       </c>
       <c r="G199" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H199" t="s">
         <v>17</v>
       </c>
       <c r="I199" t="s">
         <v>17</v>
       </c>
       <c r="J199" t="s">
         <v>17</v>
       </c>
       <c r="K199" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200">
         <v>197</v>
       </c>
       <c r="B200" t="s">
-        <v>538</v>
+        <v>483</v>
       </c>
       <c r="C200" t="s">
-        <v>536</v>
+        <v>484</v>
       </c>
       <c r="D200" t="s">
-        <v>537</v>
+        <v>166</v>
       </c>
       <c r="E200" t="s">
         <v>15</v>
       </c>
       <c r="F200" t="s">
         <v>16</v>
       </c>
       <c r="G200" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H200" t="s">
         <v>17</v>
       </c>
       <c r="I200" t="s">
         <v>17</v>
       </c>
       <c r="J200" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K200" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201">
         <v>198</v>
       </c>
       <c r="B201" t="s">
-        <v>539</v>
+        <v>485</v>
       </c>
       <c r="C201" t="s">
-        <v>540</v>
+        <v>486</v>
       </c>
       <c r="D201" t="s">
-        <v>383</v>
+        <v>487</v>
       </c>
       <c r="E201" t="s">
         <v>15</v>
       </c>
       <c r="F201" t="s">
         <v>16</v>
       </c>
       <c r="G201" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H201" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I201" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J201" t="s">
         <v>17</v>
       </c>
       <c r="K201" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202">
         <v>199</v>
       </c>
       <c r="B202" t="s">
-        <v>541</v>
+        <v>488</v>
       </c>
       <c r="C202" t="s">
-        <v>542</v>
+        <v>489</v>
       </c>
       <c r="D202" t="s">
-        <v>543</v>
+        <v>490</v>
       </c>
       <c r="E202" t="s">
         <v>15</v>
       </c>
       <c r="F202" t="s">
         <v>16</v>
       </c>
       <c r="G202" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H202" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I202" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J202" t="s">
         <v>17</v>
       </c>
       <c r="K202" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203">
         <v>200</v>
       </c>
       <c r="B203" t="s">
-        <v>544</v>
+        <v>491</v>
       </c>
       <c r="C203" t="s">
-        <v>545</v>
+        <v>492</v>
       </c>
       <c r="D203" t="s">
-        <v>546</v>
+        <v>14</v>
       </c>
       <c r="E203" t="s">
         <v>15</v>
       </c>
       <c r="F203" t="s">
         <v>16</v>
       </c>
       <c r="G203" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H203" t="s">
         <v>17</v>
       </c>
       <c r="I203" t="s">
         <v>17</v>
       </c>
       <c r="J203" t="s">
         <v>17</v>
       </c>
       <c r="K203" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204">
         <v>201</v>
       </c>
       <c r="B204" t="s">
-        <v>547</v>
+        <v>493</v>
       </c>
       <c r="C204" t="s">
-        <v>545</v>
+        <v>494</v>
       </c>
       <c r="D204" t="s">
-        <v>546</v>
+        <v>495</v>
       </c>
       <c r="E204" t="s">
         <v>15</v>
       </c>
       <c r="F204" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G204" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H204" t="s">
         <v>17</v>
       </c>
       <c r="I204" t="s">
         <v>17</v>
       </c>
       <c r="J204" t="s">
         <v>17</v>
       </c>
       <c r="K204" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205">
         <v>202</v>
       </c>
       <c r="B205" t="s">
-        <v>548</v>
+        <v>496</v>
       </c>
       <c r="C205" t="s">
-        <v>549</v>
+        <v>497</v>
       </c>
       <c r="D205" t="s">
-        <v>459</v>
+        <v>498</v>
       </c>
       <c r="E205" t="s">
         <v>15</v>
       </c>
       <c r="F205" t="s">
         <v>16</v>
       </c>
       <c r="G205" t="s">
         <v>17</v>
       </c>
       <c r="H205" t="s">
         <v>17</v>
       </c>
       <c r="I205" t="s">
         <v>17</v>
       </c>
       <c r="J205" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K205" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206">
         <v>203</v>
       </c>
       <c r="B206" t="s">
-        <v>550</v>
+        <v>499</v>
       </c>
       <c r="C206" t="s">
-        <v>551</v>
+        <v>500</v>
       </c>
       <c r="D206" t="s">
-        <v>552</v>
+        <v>501</v>
       </c>
       <c r="E206" t="s">
         <v>15</v>
       </c>
       <c r="F206" t="s">
         <v>16</v>
       </c>
       <c r="G206" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H206" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I206" t="s">
         <v>17</v>
       </c>
       <c r="J206" t="s">
         <v>17</v>
       </c>
       <c r="K206" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207">
         <v>204</v>
       </c>
       <c r="B207" t="s">
-        <v>553</v>
+        <v>502</v>
       </c>
       <c r="C207" t="s">
-        <v>554</v>
+        <v>503</v>
       </c>
       <c r="D207" t="s">
-        <v>555</v>
+        <v>504</v>
       </c>
       <c r="E207" t="s">
         <v>15</v>
       </c>
       <c r="F207" t="s">
         <v>16</v>
       </c>
       <c r="G207" t="s">
         <v>17</v>
       </c>
       <c r="H207" t="s">
         <v>17</v>
       </c>
       <c r="I207" t="s">
         <v>17</v>
       </c>
       <c r="J207" t="s">
         <v>17</v>
       </c>
       <c r="K207" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208">
         <v>205</v>
       </c>
       <c r="B208" t="s">
-        <v>556</v>
+        <v>505</v>
       </c>
       <c r="C208" t="s">
-        <v>557</v>
+        <v>506</v>
       </c>
       <c r="D208" t="s">
-        <v>558</v>
+        <v>507</v>
       </c>
       <c r="E208" t="s">
         <v>15</v>
       </c>
       <c r="F208" t="s">
         <v>16</v>
       </c>
       <c r="G208" t="s">
         <v>17</v>
       </c>
       <c r="H208" t="s">
         <v>17</v>
       </c>
       <c r="I208" t="s">
         <v>17</v>
       </c>
       <c r="J208" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K208" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209">
         <v>206</v>
       </c>
       <c r="B209" t="s">
-        <v>559</v>
+        <v>508</v>
       </c>
       <c r="C209" t="s">
-        <v>560</v>
+        <v>509</v>
       </c>
       <c r="D209" t="s">
-        <v>561</v>
+        <v>510</v>
       </c>
       <c r="E209" t="s">
         <v>15</v>
       </c>
       <c r="F209" t="s">
         <v>16</v>
       </c>
       <c r="G209" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H209" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I209" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J209" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K209" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210">
         <v>207</v>
       </c>
       <c r="B210" t="s">
-        <v>562</v>
+        <v>511</v>
       </c>
       <c r="C210" t="s">
-        <v>563</v>
+        <v>512</v>
       </c>
       <c r="D210" t="s">
-        <v>252</v>
+        <v>14</v>
       </c>
       <c r="E210" t="s">
         <v>15</v>
       </c>
       <c r="F210" t="s">
         <v>16</v>
       </c>
       <c r="G210" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H210" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I210" t="s">
         <v>17</v>
       </c>
       <c r="J210" t="s">
         <v>17</v>
       </c>
       <c r="K210" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211">
         <v>208</v>
       </c>
       <c r="B211" t="s">
-        <v>564</v>
+        <v>513</v>
       </c>
       <c r="C211" t="s">
-        <v>565</v>
+        <v>512</v>
       </c>
       <c r="D211" t="s">
-        <v>566</v>
+        <v>14</v>
       </c>
       <c r="E211" t="s">
         <v>15</v>
       </c>
       <c r="F211" t="s">
         <v>16</v>
       </c>
       <c r="G211" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H211" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I211" t="s">
         <v>17</v>
       </c>
       <c r="J211" t="s">
         <v>17</v>
       </c>
       <c r="K211" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212">
         <v>209</v>
       </c>
       <c r="B212" t="s">
-        <v>567</v>
+        <v>514</v>
       </c>
       <c r="C212" t="s">
-        <v>568</v>
+        <v>512</v>
       </c>
       <c r="D212" t="s">
-        <v>569</v>
+        <v>14</v>
       </c>
       <c r="E212" t="s">
         <v>15</v>
       </c>
       <c r="F212" t="s">
         <v>16</v>
       </c>
       <c r="G212" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H212" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I212" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J212" t="s">
         <v>17</v>
       </c>
       <c r="K212" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213">
         <v>210</v>
       </c>
       <c r="B213" t="s">
-        <v>570</v>
+        <v>515</v>
       </c>
       <c r="C213" t="s">
-        <v>571</v>
+        <v>512</v>
       </c>
       <c r="D213" t="s">
-        <v>264</v>
+        <v>14</v>
       </c>
       <c r="E213" t="s">
         <v>15</v>
       </c>
       <c r="F213" t="s">
         <v>16</v>
       </c>
       <c r="G213" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H213" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I213" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J213" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K213" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214">
         <v>211</v>
       </c>
       <c r="B214" t="s">
-        <v>570</v>
+        <v>516</v>
       </c>
       <c r="C214" t="s">
-        <v>571</v>
+        <v>512</v>
       </c>
       <c r="D214" t="s">
-        <v>572</v>
+        <v>14</v>
       </c>
       <c r="E214" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F214" t="s">
         <v>16</v>
       </c>
       <c r="G214" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H214" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I214" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J214" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K214" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215">
         <v>212</v>
       </c>
       <c r="B215" t="s">
-        <v>573</v>
+        <v>517</v>
       </c>
       <c r="C215" t="s">
-        <v>574</v>
+        <v>512</v>
       </c>
       <c r="D215" t="s">
-        <v>575</v>
+        <v>14</v>
       </c>
       <c r="E215" t="s">
         <v>15</v>
       </c>
       <c r="F215" t="s">
         <v>16</v>
       </c>
       <c r="G215" t="s">
         <v>17</v>
       </c>
       <c r="H215" t="s">
         <v>17</v>
       </c>
       <c r="I215" t="s">
         <v>17</v>
       </c>
       <c r="J215" t="s">
         <v>17</v>
       </c>
       <c r="K215" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216">
         <v>213</v>
       </c>
       <c r="B216" t="s">
-        <v>576</v>
+        <v>518</v>
       </c>
       <c r="C216" t="s">
-        <v>577</v>
+        <v>512</v>
       </c>
       <c r="D216" t="s">
-        <v>578</v>
+        <v>14</v>
       </c>
       <c r="E216" t="s">
         <v>15</v>
       </c>
       <c r="F216" t="s">
         <v>16</v>
       </c>
       <c r="G216" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H216" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I216" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J216" t="s">
         <v>17</v>
       </c>
       <c r="K216" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217">
         <v>214</v>
       </c>
       <c r="B217" t="s">
-        <v>579</v>
+        <v>519</v>
       </c>
       <c r="C217" t="s">
-        <v>580</v>
+        <v>512</v>
       </c>
       <c r="D217" t="s">
-        <v>581</v>
+        <v>14</v>
       </c>
       <c r="E217" t="s">
         <v>15</v>
       </c>
       <c r="F217" t="s">
         <v>16</v>
       </c>
       <c r="G217" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H217" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I217" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J217" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K217" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218">
         <v>215</v>
       </c>
       <c r="B218" t="s">
-        <v>582</v>
+        <v>520</v>
       </c>
       <c r="C218" t="s">
-        <v>583</v>
+        <v>521</v>
       </c>
       <c r="D218" t="s">
-        <v>584</v>
+        <v>522</v>
       </c>
       <c r="E218" t="s">
         <v>15</v>
       </c>
       <c r="F218" t="s">
         <v>16</v>
       </c>
       <c r="G218" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H218" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I218" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J218" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K218" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219">
         <v>216</v>
       </c>
       <c r="B219" t="s">
-        <v>585</v>
+        <v>523</v>
       </c>
       <c r="C219" t="s">
-        <v>586</v>
+        <v>524</v>
       </c>
       <c r="D219" t="s">
-        <v>587</v>
+        <v>14</v>
       </c>
       <c r="E219" t="s">
         <v>15</v>
       </c>
       <c r="F219" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="G219" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H219" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I219" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J219" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="K219" t="s">
-        <v>17</v>
-[...594 lines deleted...]
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>