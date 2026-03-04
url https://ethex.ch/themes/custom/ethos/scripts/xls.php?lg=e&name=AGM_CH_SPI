--- v1 (2026-01-12)
+++ v2 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="658">
   <si>
     <t>List of general meetings from 01.01.2026 to 31.12.2026</t>
   </si>
   <si>
     <t>Num</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Type of share</t>
   </si>
   <si>
     <t>SMI</t>
   </si>
   <si>
@@ -98,125 +98,143 @@
   <si>
     <t>ABB</t>
   </si>
   <si>
     <t>19/03/2026 10:00</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>CH1169360919</t>
   </si>
   <si>
     <t>Accelleron Industries</t>
   </si>
   <si>
     <t>28/04/2026 09:00</t>
   </si>
   <si>
     <t>CH0029850754</t>
   </si>
   <si>
     <t>Addex Therapeutics</t>
   </si>
   <si>
+    <t>CH0012138605</t>
+  </si>
+  <si>
+    <t>Adecco</t>
+  </si>
+  <si>
+    <t>15/04/2026 11:00</t>
+  </si>
+  <si>
     <t>CH0008967926</t>
   </si>
   <si>
     <t>Adval Tech</t>
   </si>
   <si>
     <t>21/05/2026 15:45</t>
   </si>
   <si>
     <t>CH0478634105</t>
   </si>
   <si>
     <t>Aevis Victoria</t>
   </si>
   <si>
     <t>CH0432492467</t>
   </si>
   <si>
     <t>Alcon</t>
   </si>
   <si>
     <t>30/04/2026 09:30</t>
   </si>
   <si>
     <t>CH0008837566</t>
   </si>
   <si>
     <t>Allreal</t>
   </si>
   <si>
     <t>17/04/2026 16:00</t>
   </si>
   <si>
     <t>CH0024590272</t>
   </si>
   <si>
     <t>Also</t>
   </si>
   <si>
     <t>18/03/2026 14:30</t>
   </si>
   <si>
     <t>CH1430134226</t>
   </si>
   <si>
     <t>Amrize</t>
   </si>
   <si>
+    <t>21/04/2026 09:00</t>
+  </si>
+  <si>
     <t>AT0000A3EPA4</t>
   </si>
   <si>
     <t>ams-Osram</t>
   </si>
   <si>
     <t>10/06/2026 10:00</t>
   </si>
   <si>
     <t>Bearer share</t>
   </si>
   <si>
     <t>CH0020488190</t>
   </si>
   <si>
     <t>Anlagestiftung Pensimo</t>
   </si>
   <si>
+    <t>17/04/2026 14:00</t>
+  </si>
+  <si>
     <t>CH0020488224</t>
   </si>
   <si>
     <t>CH0106150136</t>
   </si>
   <si>
     <t>Anlagestiftung Swiss Life</t>
   </si>
   <si>
+    <t>16/03/2026 11:15</t>
+  </si>
+  <si>
     <t>CH0136837587</t>
   </si>
   <si>
     <t>CH0385556482</t>
   </si>
   <si>
     <t>CH0568479858</t>
   </si>
   <si>
     <t>CH0568481409</t>
   </si>
   <si>
     <t>CH0019107025</t>
   </si>
   <si>
     <t>APG|SGA</t>
   </si>
   <si>
     <t>23/01/2026 16:30</t>
   </si>
   <si>
     <t>Extraordinary General Meeting</t>
   </si>
   <si>
     <t>23/04/2026 16:30</t>
@@ -236,1229 +254,1622 @@
   <si>
     <t>Aryzta</t>
   </si>
   <si>
     <t>29/04/2026 11:00</t>
   </si>
   <si>
     <t>CH0011339204</t>
   </si>
   <si>
     <t>Ascom</t>
   </si>
   <si>
     <t>22/04/2026 14:00</t>
   </si>
   <si>
     <t>CH0404880129</t>
   </si>
   <si>
     <t>ASmallWorld</t>
   </si>
   <si>
     <t>24/04/2026 09:30</t>
   </si>
   <si>
+    <t>CH0010493457</t>
+  </si>
+  <si>
+    <t>ASSETIMMO Immobilien-Anlagestiftung</t>
+  </si>
+  <si>
+    <t>CH0010493499</t>
+  </si>
+  <si>
+    <t>CH0127480363</t>
+  </si>
+  <si>
+    <t>Autoneum</t>
+  </si>
+  <si>
+    <t>28/04/2026 16:30</t>
+  </si>
+  <si>
     <t>CH0009359354</t>
   </si>
   <si>
     <t>Avadis Anlagestiftung</t>
   </si>
   <si>
+    <t>18/03/2026 16:00</t>
+  </si>
+  <si>
     <t>CH0141268083</t>
   </si>
   <si>
     <t>CH0547737087</t>
   </si>
   <si>
-    <t>CH0012530207</t>
+    <t>CH0023405456</t>
+  </si>
+  <si>
+    <t>Avolta</t>
+  </si>
+  <si>
+    <t>06/05/2026 14:30</t>
+  </si>
+  <si>
+    <t>CH1176493729</t>
   </si>
   <si>
     <t>Bachem</t>
   </si>
   <si>
     <t>29/04/2026 16:00</t>
   </si>
   <si>
-    <t>CH1176493729</t>
-[...8 lines deleted...]
-    <t>CH0350494719</t>
+    <t>AT0000KTMI02</t>
+  </si>
+  <si>
+    <t>Bajaj Mobility</t>
+  </si>
+  <si>
+    <t>24/04/2026 10:00</t>
+  </si>
+  <si>
+    <t>CH1485899350</t>
   </si>
   <si>
     <t>Banque Cantonale de Genève</t>
   </si>
   <si>
     <t>28/04/2026 17:30</t>
   </si>
   <si>
-    <t>CH1485899350</t>
+    <t>CH0350665672</t>
+  </si>
+  <si>
+    <t>Banque Cantonale du Jura</t>
+  </si>
+  <si>
+    <t>12/05/2026 18:30</t>
   </si>
   <si>
     <t>CH0305951201</t>
   </si>
   <si>
     <t>Banque Cantonale du Valais</t>
   </si>
   <si>
     <t>24/04/2026 11:00</t>
   </si>
   <si>
     <t>CH0531751755</t>
   </si>
   <si>
     <t>Banque Cantonale Vaudoise</t>
   </si>
   <si>
     <t>30/04/2026 16:00</t>
   </si>
   <si>
     <t>CH0009002962</t>
   </si>
   <si>
     <t>Barry Callebaut</t>
   </si>
   <si>
     <t>09/12/2026 14:30</t>
   </si>
   <si>
     <t>CH0011432447</t>
   </si>
   <si>
     <t>Basilea</t>
   </si>
   <si>
+    <t>15/04/2026 14:00</t>
+  </si>
+  <si>
+    <t>CH0038389992</t>
+  </si>
+  <si>
+    <t>BB Biotech</t>
+  </si>
+  <si>
+    <t>19/03/2026 15:00</t>
+  </si>
+  <si>
     <t>CH1101098163</t>
   </si>
   <si>
     <t>Belimo</t>
   </si>
   <si>
     <t>23/03/2026 17:30</t>
   </si>
   <si>
+    <t>CH0315966322</t>
+  </si>
+  <si>
+    <t>Bell Food Group</t>
+  </si>
+  <si>
+    <t>22/04/2026 16:00</t>
+  </si>
+  <si>
     <t>CH0028422100</t>
   </si>
   <si>
     <t>Bellevue Group</t>
   </si>
   <si>
     <t>24/03/2026 16:00</t>
   </si>
   <si>
     <t>CH0527044959</t>
   </si>
   <si>
     <t>Bergbahnen Engelberg-Trübsee-Titlis</t>
   </si>
   <si>
     <t>25/02/2026 09:30</t>
   </si>
   <si>
     <t>CH0009691608</t>
   </si>
   <si>
     <t>Berner Kantonalbank</t>
   </si>
   <si>
     <t>12/05/2026 16:30</t>
   </si>
   <si>
+    <t>CH0210362643</t>
+  </si>
+  <si>
+    <t>BioVersys</t>
+  </si>
+  <si>
+    <t>CH0130293662</t>
+  </si>
+  <si>
+    <t>BKW</t>
+  </si>
+  <si>
+    <t>28/04/2026 14:00</t>
+  </si>
+  <si>
+    <t>CH0001319265</t>
+  </si>
+  <si>
+    <t>BNS</t>
+  </si>
+  <si>
     <t>CH0011075451</t>
   </si>
   <si>
     <t>bonainvest Holding</t>
   </si>
   <si>
     <t>CH0238627142</t>
   </si>
   <si>
     <t>Bossard</t>
   </si>
   <si>
     <t>10/04/2026 16:00</t>
   </si>
   <si>
     <t>CH0002432174</t>
   </si>
   <si>
     <t>Bucher Industries</t>
   </si>
   <si>
     <t>16/04/2026 15:30</t>
   </si>
   <si>
     <t>CH1300646267</t>
   </si>
   <si>
     <t>Bunge</t>
   </si>
   <si>
+    <t>CH0025536027</t>
+  </si>
+  <si>
+    <t>Burckhardt Compression</t>
+  </si>
+  <si>
+    <t>03/07/2026 10:00</t>
+  </si>
+  <si>
+    <t>CH0212255803</t>
+  </si>
+  <si>
+    <t>Burkhalter Holding</t>
+  </si>
+  <si>
+    <t>12/05/2026 11:00</t>
+  </si>
+  <si>
     <t>CH0008207356</t>
   </si>
   <si>
     <t>BVZ Holding</t>
   </si>
   <si>
     <t>08/04/2026 13:30</t>
   </si>
   <si>
     <t>CH0244017502</t>
   </si>
   <si>
     <t>Bystronic</t>
   </si>
   <si>
     <t>CH0126639464</t>
   </si>
   <si>
     <t>Calida</t>
   </si>
   <si>
     <t>15/04/2026 13:30</t>
   </si>
   <si>
-    <t>CH0011003594</t>
+    <t>CH1278877563</t>
   </si>
   <si>
     <t>Carlo Gavazzi</t>
   </si>
   <si>
-    <t>CH1278877563</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0225173167</t>
   </si>
   <si>
     <t>Cembra Money Bank</t>
   </si>
   <si>
     <t>CH0524026959</t>
   </si>
   <si>
     <t>Cham Swiss Properties</t>
   </si>
   <si>
     <t>04/05/2026 09:30</t>
   </si>
   <si>
-    <t>CH0001625810</t>
-[...2 lines deleted...]
-    <t>CI Com</t>
+    <t>CH0044328745</t>
+  </si>
+  <si>
+    <t>Chubb</t>
   </si>
   <si>
     <t>CH0008702190</t>
   </si>
   <si>
     <t>Cicor Technologies</t>
   </si>
   <si>
     <t>CH0012142631</t>
   </si>
   <si>
     <t>Clariant</t>
   </si>
   <si>
     <t>01/04/2026 09:30</t>
   </si>
   <si>
     <t>CH0198251305</t>
   </si>
   <si>
     <t>Coca-Cola HBC</t>
   </si>
   <si>
     <t>19/01/2026 09:30</t>
   </si>
   <si>
+    <t>CH0025343259</t>
+  </si>
+  <si>
+    <t>Coltene</t>
+  </si>
+  <si>
+    <t>21/04/2026 16:00</t>
+  </si>
+  <si>
     <t>CH0360826991</t>
   </si>
   <si>
     <t>Comet Holding</t>
   </si>
   <si>
     <t>14/04/2026 10:00</t>
   </si>
   <si>
     <t>CH0014345117</t>
   </si>
   <si>
     <t>Compagnie Financière Tradition</t>
   </si>
   <si>
+    <t>21/05/2026 15:30</t>
+  </si>
+  <si>
     <t>NL0011832936</t>
   </si>
   <si>
     <t>Cosmo Pharmaceuticals</t>
   </si>
   <si>
+    <t>10/04/2026 12:00</t>
+  </si>
+  <si>
     <t>CH0001624714</t>
   </si>
   <si>
     <t>CPH</t>
   </si>
   <si>
     <t>17/03/2026 15:30</t>
   </si>
   <si>
-    <t>CH0009115129</t>
+    <t>CH0334081137</t>
+  </si>
+  <si>
+    <t>CRISPR Therapeutics AG</t>
+  </si>
+  <si>
+    <t>CH1330780979</t>
   </si>
   <si>
     <t>Curatis Holding</t>
   </si>
   <si>
     <t>22/05/2026 14:30</t>
   </si>
   <si>
-    <t>CH1330780979</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0030486770</t>
   </si>
   <si>
     <t>Dätwyler</t>
   </si>
   <si>
     <t>17/03/2026 17:00</t>
   </si>
   <si>
     <t>CH0126673539</t>
   </si>
   <si>
     <t>DKSH</t>
   </si>
   <si>
     <t>27/03/2026 10:00</t>
   </si>
   <si>
     <t>CH0042615283</t>
   </si>
   <si>
     <t>DocMorris</t>
   </si>
   <si>
     <t>12/05/2026 17:00</t>
   </si>
   <si>
-    <t>CH0011795959</t>
+    <t>CH1486524122</t>
   </si>
   <si>
     <t>dormakaba</t>
   </si>
   <si>
     <t>20/10/2026 14:00</t>
   </si>
   <si>
-    <t>CH1486524122</t>
+    <t>CH0582581713</t>
+  </si>
+  <si>
+    <t>Dottikon ES Holding</t>
+  </si>
+  <si>
+    <t>02/07/2026 16:00</t>
+  </si>
+  <si>
+    <t>CH1216478797</t>
+  </si>
+  <si>
+    <t>DSM Firmenich</t>
+  </si>
+  <si>
+    <t>07/05/2026 10:30</t>
+  </si>
+  <si>
+    <t>CH0024736404</t>
+  </si>
+  <si>
+    <t>Edisun Power Europe</t>
+  </si>
+  <si>
+    <t>30/04/2026 15:00</t>
+  </si>
+  <si>
+    <t>CH0022268228</t>
+  </si>
+  <si>
+    <t>EFG International</t>
+  </si>
+  <si>
+    <t>20/03/2026 14:30</t>
+  </si>
+  <si>
+    <t>CH0012829898</t>
+  </si>
+  <si>
+    <t>Emmi</t>
+  </si>
+  <si>
+    <t>09/04/2026 16:00</t>
+  </si>
+  <si>
+    <t>CH0016440353</t>
+  </si>
+  <si>
+    <t>Ems-Chemie</t>
+  </si>
+  <si>
+    <t>08/08/2026 10:30</t>
   </si>
   <si>
     <t>CH0516131684</t>
   </si>
   <si>
     <t>EPIC Suisse</t>
   </si>
   <si>
     <t>10/04/2026 10:00</t>
   </si>
   <si>
     <t>CH0002557400</t>
   </si>
   <si>
     <t>Espace Real Estate</t>
   </si>
   <si>
     <t>22/04/2026 17:00</t>
   </si>
   <si>
     <t>CH1262055788</t>
   </si>
   <si>
     <t>EvoNext</t>
   </si>
   <si>
+    <t>CH0009320091</t>
+  </si>
+  <si>
+    <t>Feintool International</t>
+  </si>
+  <si>
+    <t>29/04/2026 10:00</t>
+  </si>
+  <si>
     <t>CH0319416936</t>
   </si>
   <si>
     <t>Flughafen Zürich</t>
   </si>
   <si>
     <t>17/04/2026 16:30</t>
   </si>
   <si>
     <t>CH0003541510</t>
   </si>
   <si>
     <t>Forbo</t>
   </si>
   <si>
     <t>02/04/2026 14:30</t>
   </si>
   <si>
     <t>CH0464133443</t>
   </si>
   <si>
     <t>Fundamenta Group Investment Foundation</t>
   </si>
   <si>
     <t>CH0045825517</t>
   </si>
   <si>
     <t>Fundamenta Real Estate</t>
   </si>
   <si>
     <t>CH1335392721</t>
   </si>
   <si>
     <t>Galderma Group</t>
   </si>
   <si>
     <t>22/04/2026 15:00</t>
   </si>
   <si>
+    <t>CH0360674466</t>
+  </si>
+  <si>
+    <t>Galenica</t>
+  </si>
+  <si>
+    <t>21/04/2026 15:00</t>
+  </si>
+  <si>
     <t>CH0102659627</t>
   </si>
   <si>
     <t>GAM Holding</t>
   </si>
   <si>
     <t>CH0114405324</t>
   </si>
   <si>
     <t>Garmin</t>
   </si>
   <si>
+    <t>CH0030170408</t>
+  </si>
+  <si>
+    <t>Geberit</t>
+  </si>
+  <si>
+    <t>15/04/2026 16:30</t>
+  </si>
+  <si>
     <t>CH1169151003</t>
   </si>
   <si>
     <t>Georg Fischer</t>
   </si>
   <si>
     <t>15/04/2026 15:00</t>
   </si>
   <si>
     <t>CH0010645932</t>
   </si>
   <si>
     <t>Givaudan</t>
   </si>
   <si>
     <t>19/03/2026 10:30</t>
   </si>
   <si>
     <t>CH0189396655</t>
   </si>
   <si>
     <t>Glarner Kantonalbank</t>
   </si>
   <si>
     <t>24/04/2026 17:30</t>
   </si>
   <si>
+    <t>CH0012949464</t>
+  </si>
+  <si>
+    <t>Groupe Minoteries</t>
+  </si>
+  <si>
+    <t>21/05/2026 11:15</t>
+  </si>
+  <si>
     <t>CH1173567111</t>
   </si>
   <si>
     <t>Gurit</t>
   </si>
   <si>
     <t>16/04/2026 16:30</t>
   </si>
   <si>
     <t>CH0188230780</t>
   </si>
   <si>
     <t>Helvetia Anlagestiftung</t>
   </si>
   <si>
     <t>CH0301200108</t>
   </si>
   <si>
+    <t>CH0466642201</t>
+  </si>
+  <si>
+    <t>Helvetia Baloise</t>
+  </si>
+  <si>
+    <t>22/05/2026 10:00</t>
+  </si>
+  <si>
+    <t>CH0239518779</t>
+  </si>
+  <si>
+    <t>HIAG Immobilien</t>
+  </si>
+  <si>
+    <t>23/04/2026 10:30</t>
+  </si>
+  <si>
     <t>CH0003583256</t>
   </si>
   <si>
     <t>Highlight Event and Entertainment</t>
   </si>
   <si>
+    <t>CH0012214059</t>
+  </si>
+  <si>
+    <t>Holcim</t>
+  </si>
+  <si>
+    <t>13/05/2026 09:00</t>
+  </si>
+  <si>
     <t>CH0024666528</t>
   </si>
   <si>
     <t>HT5</t>
   </si>
   <si>
     <t>CH0030380734</t>
   </si>
   <si>
     <t>Huber+Suhner</t>
   </si>
   <si>
     <t>01/04/2026 16:30</t>
   </si>
   <si>
     <t>CH0001341608</t>
   </si>
   <si>
     <t>Hypothekarbank Lenzburg</t>
   </si>
   <si>
     <t>21/03/2026 15:00</t>
   </si>
   <si>
     <t>CH0363463438</t>
   </si>
   <si>
     <t>Idorsia</t>
   </si>
   <si>
+    <t>06/05/2026 09:00</t>
+  </si>
+  <si>
+    <t>CH0020488026</t>
+  </si>
+  <si>
+    <t>Immobilien-Anlagestiftung Turidomus</t>
+  </si>
+  <si>
+    <t>21/04/2026 10:00</t>
+  </si>
+  <si>
+    <t>CH0020488067</t>
+  </si>
+  <si>
+    <t>CH0307702511</t>
+  </si>
+  <si>
     <t>CH0023868554</t>
   </si>
   <si>
     <t>Implenia</t>
   </si>
   <si>
     <t>31/03/2026 10:30</t>
   </si>
   <si>
-    <t>CH0011029946</t>
+    <t>CH1431598916</t>
   </si>
   <si>
     <t>Inficon</t>
   </si>
   <si>
     <t>22/04/2026 09:30</t>
   </si>
   <si>
-    <t>CH1431598916</t>
-[...2 lines deleted...]
-    <t>CH0273774791</t>
+    <t>CH0006372897</t>
+  </si>
+  <si>
+    <t>Interroll</t>
+  </si>
+  <si>
+    <t>12/06/2026 14:00</t>
+  </si>
+  <si>
+    <t>CH1338987303</t>
   </si>
   <si>
     <t>Intershop</t>
   </si>
   <si>
     <t>31/03/2026 16:00</t>
   </si>
   <si>
-    <t>CH1338987303</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0325094297</t>
   </si>
   <si>
     <t>Investis</t>
   </si>
   <si>
     <t>04/05/2026 15:00</t>
   </si>
   <si>
-    <t>CH0002598578</t>
-[...8 lines deleted...]
-    <t>CH0245229122</t>
+    <t>CH0187624256</t>
+  </si>
+  <si>
+    <t>IVF Hartmann</t>
+  </si>
+  <si>
+    <t>14/04/2026 10:30</t>
+  </si>
+  <si>
+    <t>CH0049550269</t>
+  </si>
+  <si>
+    <t>J. Safra Sarasin Anlagestiftung</t>
+  </si>
+  <si>
+    <t>04/05/2026 14:00</t>
   </si>
   <si>
     <t>CH0102484968</t>
   </si>
   <si>
     <t>Julius Bär</t>
   </si>
   <si>
     <t>09/04/2026 10:00</t>
   </si>
   <si>
     <t>CH0017875789</t>
   </si>
   <si>
     <t>Jungfraubahn</t>
   </si>
   <si>
     <t>11/05/2026 14:00</t>
   </si>
   <si>
     <t>CH0100837282</t>
   </si>
   <si>
     <t>Kardex</t>
   </si>
   <si>
+    <t>CH0420462266</t>
+  </si>
+  <si>
+    <t>Klingelnberg</t>
+  </si>
+  <si>
+    <t>27/08/2026 12:00</t>
+  </si>
+  <si>
     <t>CH0010702154</t>
   </si>
   <si>
     <t>Komax</t>
   </si>
   <si>
-    <t>09/04/2026 16:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0012268360</t>
   </si>
   <si>
     <t>Kudelski</t>
   </si>
   <si>
     <t>14/04/2026 14:00</t>
   </si>
   <si>
     <t>CH0025238863</t>
   </si>
   <si>
     <t>Kühne + Nagel</t>
   </si>
   <si>
-    <t>06/05/2026 09:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0325814116</t>
   </si>
   <si>
     <t>Kuros Biosciences</t>
   </si>
   <si>
-    <t>15/04/2026 11:00</t>
+    <t>CH0371153492</t>
+  </si>
+  <si>
+    <t>Landis+Gyr Group</t>
+  </si>
+  <si>
+    <t>26/06/2026 14:00</t>
   </si>
   <si>
     <t>NL0010733960</t>
   </si>
   <si>
     <t>lastminute.com</t>
   </si>
   <si>
     <t>24/06/2026 10:00</t>
   </si>
   <si>
     <t>CH0022427626</t>
   </si>
   <si>
     <t>Lem</t>
   </si>
   <si>
     <t>25/06/2026 15:30</t>
   </si>
   <si>
+    <t>CH0190891181</t>
+  </si>
+  <si>
+    <t>Leonteq</t>
+  </si>
+  <si>
+    <t>01/04/2026 15:00</t>
+  </si>
+  <si>
     <t>LI0355147575</t>
   </si>
   <si>
     <t>Liechtensteinische Landesbank</t>
   </si>
   <si>
     <t>17/04/2026 18:00</t>
   </si>
   <si>
     <t>CH0010570759</t>
   </si>
   <si>
     <t>Lindt &amp; Sprüngli</t>
   </si>
   <si>
     <t>16/04/2026 10:00</t>
   </si>
   <si>
+    <t>CH1225635395</t>
+  </si>
+  <si>
+    <t>LITHOS Fondation de Placement Immobilier</t>
+  </si>
+  <si>
+    <t>CH1249418182</t>
+  </si>
+  <si>
     <t>CH0025751329</t>
   </si>
   <si>
     <t>Logitech</t>
   </si>
   <si>
     <t>CH0013841017</t>
   </si>
   <si>
     <t>Lonza</t>
   </si>
   <si>
     <t>08/05/2026 10:00</t>
   </si>
   <si>
-    <t>CH0011693600</t>
+    <t>CH1252930610</t>
   </si>
   <si>
     <t>Luzerner Kantonalbank</t>
   </si>
   <si>
     <t>13/04/2026 18:00</t>
   </si>
   <si>
-    <t>CH1252930610</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0039542854</t>
   </si>
   <si>
     <t>MCH Group AG</t>
   </si>
   <si>
     <t>06/05/2026 16:00</t>
   </si>
   <si>
-    <t>CH1215218640</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0468525222</t>
   </si>
   <si>
     <t>Medacta Group</t>
   </si>
   <si>
     <t>05/05/2026 11:00</t>
   </si>
   <si>
     <t>CH0386200239</t>
   </si>
   <si>
     <t>Medartis Holding</t>
   </si>
   <si>
     <t>23/04/2026 09:00</t>
   </si>
   <si>
     <t>CH1129677105</t>
   </si>
   <si>
     <t>medmix</t>
   </si>
   <si>
+    <t>CH0208062627</t>
+  </si>
+  <si>
+    <t>Meier Tobler</t>
+  </si>
+  <si>
+    <t>07/04/2026 16:00</t>
+  </si>
+  <si>
     <t>CH0039821084</t>
   </si>
   <si>
     <t>Metall Zug</t>
   </si>
   <si>
     <t>08/05/2026 17:00</t>
   </si>
   <si>
-    <t>CH1357065999</t>
-[...4 lines deleted...]
-  <si>
     <t>CH0003390066</t>
   </si>
   <si>
     <t>Mikron</t>
   </si>
   <si>
+    <t>CH1251125998</t>
+  </si>
+  <si>
+    <t>MindMaze Therapeutics Holding</t>
+  </si>
+  <si>
+    <t>CH0276837694</t>
+  </si>
+  <si>
+    <t>mobilezone</t>
+  </si>
+  <si>
+    <t>08/04/2026 10:30</t>
+  </si>
+  <si>
     <t>CH0011108872</t>
   </si>
   <si>
     <t>Mobimo</t>
   </si>
   <si>
     <t>31/03/2026 17:00</t>
   </si>
   <si>
+    <t>CH0256379097</t>
+  </si>
+  <si>
+    <t>Molecular Partners</t>
+  </si>
+  <si>
+    <t>14/04/2026 09:00</t>
+  </si>
+  <si>
+    <t>CH1110425654</t>
+  </si>
+  <si>
+    <t>Montana Aerospace</t>
+  </si>
+  <si>
     <t>CH0038863350</t>
   </si>
   <si>
     <t>Nestlé</t>
   </si>
   <si>
     <t>16/04/2026 14:30</t>
   </si>
   <si>
     <t>IT0004147952</t>
   </si>
   <si>
     <t>Newron Pharmaceuticals</t>
   </si>
   <si>
     <t>23/04/2026 10:00</t>
   </si>
   <si>
     <t>Mixed General Meeting</t>
   </si>
   <si>
     <t>CH0012005267</t>
   </si>
   <si>
     <t>Novartis</t>
   </si>
   <si>
     <t>06/03/2026 10:00</t>
   </si>
   <si>
     <t>CH0212186248</t>
   </si>
   <si>
     <t>Novavest Real Estate</t>
   </si>
   <si>
     <t>26/03/2026 13:00</t>
   </si>
   <si>
     <t>CH0000816824</t>
   </si>
   <si>
-    <t>OC Oerlikon Corporation</t>
+    <t>OC Oerlikon</t>
+  </si>
+  <si>
+    <t>24/03/2026 10:30</t>
   </si>
   <si>
     <t>CH0003420806</t>
   </si>
   <si>
     <t>Orell Füssli</t>
   </si>
   <si>
     <t>20/05/2026 10:00</t>
   </si>
   <si>
+    <t>CH0111677362</t>
+  </si>
+  <si>
+    <t>Orior</t>
+  </si>
+  <si>
+    <t>04/05/2026 11:00</t>
+  </si>
+  <si>
+    <t>CH0024608827</t>
+  </si>
+  <si>
+    <t>Partners Group</t>
+  </si>
+  <si>
+    <t>20/05/2026 16:30</t>
+  </si>
+  <si>
     <t>CH0112589673</t>
   </si>
   <si>
     <t>Patrimonium Anlagestiftung</t>
   </si>
   <si>
+    <t>21/05/2026 14:00</t>
+  </si>
+  <si>
     <t>CH0282527719</t>
   </si>
   <si>
     <t>CH0118530366</t>
   </si>
   <si>
     <t>Peach Property Group</t>
   </si>
   <si>
     <t>19/06/2026 10:00</t>
   </si>
   <si>
     <t>CH0252620700</t>
   </si>
   <si>
     <t>Perrot Duval</t>
   </si>
   <si>
     <t>24/09/2026 15:00</t>
   </si>
   <si>
-    <t>CH0002187810</t>
+    <t>CH1261338102</t>
   </si>
   <si>
     <t>Phoenix Mecano</t>
   </si>
   <si>
     <t>21/05/2026 15:00</t>
   </si>
   <si>
-    <t>CH1261338102</t>
-[...10 lines deleted...]
-  <si>
     <t>CH0284142913</t>
   </si>
   <si>
     <t>Plazza</t>
   </si>
   <si>
     <t>31/03/2026 10:00</t>
   </si>
   <si>
     <t>CH1110760852</t>
   </si>
   <si>
     <t>PolyPeptide Group</t>
   </si>
   <si>
     <t>08/04/2026 16:00</t>
   </si>
   <si>
     <t>CH0298011104</t>
   </si>
   <si>
     <t>PRISMA Fondation suisse d'investissement</t>
   </si>
   <si>
     <t>CH0381582128</t>
   </si>
   <si>
     <t>CH0006089921</t>
   </si>
   <si>
     <t>Private Equity Holding</t>
   </si>
   <si>
     <t>03/07/2026 14:00</t>
   </si>
   <si>
     <t>CH0018294154</t>
   </si>
   <si>
     <t>PSP Swiss Property</t>
   </si>
   <si>
-    <t>01/04/2026 15:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH1107979838</t>
   </si>
   <si>
     <t>R&amp;S Group Holding</t>
   </si>
   <si>
     <t>07/05/2026 14:00</t>
   </si>
   <si>
     <t>CH0457495783</t>
   </si>
   <si>
     <t>Realstone Fondation de Placement</t>
   </si>
   <si>
+    <t>02/06/2026 14:00</t>
+  </si>
+  <si>
+    <t>CH0210483332</t>
+  </si>
+  <si>
+    <t>Richemont</t>
+  </si>
+  <si>
     <t>CH0003671440</t>
   </si>
   <si>
     <t>Rieter</t>
   </si>
   <si>
     <t>16/04/2026 16:00</t>
   </si>
   <si>
     <t>CH0012032113</t>
   </si>
   <si>
     <t>Roche</t>
   </si>
   <si>
     <t>10/03/2026 10:30</t>
   </si>
   <si>
-    <t>CH0025607331</t>
+    <t>CH1263676327</t>
   </si>
   <si>
     <t>Romande Energie</t>
   </si>
   <si>
     <t>27/05/2026 17:00</t>
   </si>
   <si>
-    <t>CH1263676327</t>
-[...1 lines deleted...]
-  <si>
     <t>CH1243598427</t>
   </si>
   <si>
     <t>Sandoz Group</t>
   </si>
   <si>
     <t>CH1276028821</t>
   </si>
   <si>
     <t>Santhera Pharmaceuticals</t>
   </si>
   <si>
+    <t>26/05/2026 10:00</t>
+  </si>
+  <si>
+    <t>CH0024638212</t>
+  </si>
+  <si>
+    <t>Schindler</t>
+  </si>
+  <si>
+    <t>24/03/2026 14:30</t>
+  </si>
+  <si>
     <t>CH0002277314</t>
   </si>
   <si>
     <t>Schlatter</t>
   </si>
   <si>
     <t>CH1248667003</t>
   </si>
   <si>
     <t>Schweiter Technologies</t>
   </si>
   <si>
     <t>09/04/2026 10:30</t>
   </si>
   <si>
     <t>CH0406705126</t>
   </si>
   <si>
     <t>Sensirion Holding</t>
   </si>
   <si>
     <t>11/05/2026 17:00</t>
   </si>
   <si>
+    <t>CH0344011876</t>
+  </si>
+  <si>
+    <t>Seraina Investment Foundation</t>
+  </si>
+  <si>
+    <t>CH0509681307</t>
+  </si>
+  <si>
+    <t>CH1275091333</t>
+  </si>
+  <si>
     <t>CH0032816131</t>
   </si>
   <si>
     <t>SF Urban Properties</t>
   </si>
   <si>
     <t>15/04/2026 10:30</t>
   </si>
   <si>
     <t>CH0239229302</t>
   </si>
   <si>
     <t>SFS Group</t>
   </si>
   <si>
     <t>22/04/2026 17:30</t>
   </si>
   <si>
     <t>CH1256740924</t>
   </si>
   <si>
     <t>SGS</t>
   </si>
   <si>
     <t>26/03/2026 14:00</t>
   </si>
   <si>
     <t>IL0010855885</t>
   </si>
   <si>
     <t>SHL Telemedicine</t>
   </si>
   <si>
-    <t>CH0014284498</t>
+    <t>CH1429326825</t>
   </si>
   <si>
     <t>Siegfried</t>
   </si>
   <si>
-    <t>CH1429326825</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0435377954</t>
   </si>
   <si>
     <t>SIG Group</t>
   </si>
   <si>
+    <t>16/04/2026 14:00</t>
+  </si>
+  <si>
     <t>CH0418792922</t>
   </si>
   <si>
     <t>Sika</t>
   </si>
   <si>
     <t>CH0013396012</t>
   </si>
   <si>
     <t>SKAN Group</t>
   </si>
   <si>
     <t>07/05/2026 14:30</t>
   </si>
   <si>
     <t>CH1484953687</t>
   </si>
   <si>
     <t>SMG Swiss Marketplace Group</t>
   </si>
   <si>
     <t>CH0496451508</t>
   </si>
   <si>
     <t>SoftwareOne Holding</t>
   </si>
   <si>
     <t>22/05/2026 15:00</t>
   </si>
   <si>
     <t>CH0012549785</t>
   </si>
   <si>
     <t>Sonova</t>
   </si>
   <si>
     <t>16/06/2026 10:00</t>
   </si>
   <si>
-    <t>CH0106213793</t>
-[...4 lines deleted...]
-  <si>
     <t>CH0011484067</t>
   </si>
   <si>
     <t>St.Galler Kantonalbank</t>
   </si>
   <si>
     <t>29/04/2026 17:00</t>
   </si>
   <si>
+    <t>CH0002178181</t>
+  </si>
+  <si>
+    <t>Stadler Rail</t>
+  </si>
+  <si>
+    <t>05/05/2026 16:00</t>
+  </si>
+  <si>
     <t>CH0002361068</t>
   </si>
   <si>
     <t>StarragTornos Group</t>
   </si>
   <si>
-    <t>17/04/2026 14:00</t>
-[...2 lines deleted...]
-    <t>CH0012280076</t>
+    <t>CH1175448666</t>
   </si>
   <si>
     <t>Straumann</t>
   </si>
   <si>
     <t>17/04/2026 09:30</t>
   </si>
   <si>
-    <t>CH1175448666</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0038388911</t>
   </si>
   <si>
     <t>Sulzer</t>
   </si>
   <si>
     <t>CH1386220409</t>
   </si>
   <si>
     <t>Sunrise Communications</t>
   </si>
   <si>
-    <t>07/05/2026 10:30</t>
+    <t>CH0012255144</t>
+  </si>
+  <si>
+    <t>Swatch Group</t>
+  </si>
+  <si>
+    <t>12/05/2026 10:00</t>
+  </si>
+  <si>
+    <t>CH0012255151</t>
   </si>
   <si>
     <t>CH0014852781</t>
   </si>
   <si>
     <t>Swiss Life</t>
   </si>
   <si>
     <t>CH0263627355</t>
   </si>
   <si>
     <t>Swiss Prime Anlagestiftung</t>
   </si>
   <si>
     <t>CH0561926681</t>
   </si>
   <si>
     <t>CH0561926764</t>
   </si>
   <si>
     <t>CH0008038389</t>
   </si>
   <si>
     <t>Swiss Prime Site</t>
   </si>
   <si>
     <t>12/03/2026 16:00</t>
   </si>
   <si>
     <t>CH0126881561</t>
   </si>
   <si>
     <t>Swiss Re</t>
   </si>
   <si>
     <t>10/04/2026 09:30</t>
   </si>
   <si>
-    <t>CH0192252903</t>
+    <t>CH0002875893</t>
   </si>
   <si>
     <t>Swisscanto Anlagestiftung</t>
   </si>
   <si>
+    <t>CH0008742519</t>
+  </si>
+  <si>
+    <t>Swisscom</t>
+  </si>
+  <si>
+    <t>25/03/2026 13:30</t>
+  </si>
+  <si>
+    <t>CH0010675863</t>
+  </si>
+  <si>
+    <t>Swissquote</t>
+  </si>
+  <si>
+    <t>CH0012100191</t>
+  </si>
+  <si>
+    <t>Tecan</t>
+  </si>
+  <si>
     <t>CH0012453913</t>
   </si>
   <si>
     <t>Temenos</t>
   </si>
   <si>
     <t>13/05/2026 11:30</t>
   </si>
   <si>
+    <t>CH0048265513</t>
+  </si>
+  <si>
+    <t>Transocean</t>
+  </si>
+  <si>
     <t>CH0011178255</t>
   </si>
   <si>
     <t>TX Group</t>
   </si>
   <si>
     <t>10/04/2026 15:00</t>
   </si>
   <si>
     <t>CH0244767585</t>
   </si>
   <si>
     <t>UBS</t>
   </si>
   <si>
+    <t>XS3239180071</t>
+  </si>
+  <si>
     <t>CH0002875497</t>
   </si>
   <si>
     <t>UBS Investment Foundation 1</t>
   </si>
   <si>
-    <t>12/03/2026 10:30</t>
+    <t>12/03/2026 10:45</t>
   </si>
   <si>
     <t>CH0100770533</t>
   </si>
   <si>
     <t>CH0013123002</t>
   </si>
   <si>
     <t>UBS Investment Foundation 4</t>
   </si>
   <si>
+    <t>12/03/2026 12:00</t>
+  </si>
+  <si>
     <t>CH0025226090</t>
   </si>
   <si>
     <t>CH0113543620</t>
   </si>
   <si>
     <t>CH0235477517</t>
   </si>
   <si>
     <t>CH0398364460</t>
   </si>
   <si>
     <t>CH0357817367</t>
   </si>
   <si>
     <t>UTILITA Anlagestiftung</t>
   </si>
   <si>
     <t>20/01/2026 16:15</t>
   </si>
   <si>
     <t>CH0014786500</t>
   </si>
   <si>
     <t>Valiant</t>
   </si>
   <si>
     <t>13/05/2026 15:00</t>
   </si>
   <si>
+    <t>CH0305285295</t>
+  </si>
+  <si>
+    <t>Varia US Properties</t>
+  </si>
+  <si>
+    <t>30/04/2026 13:00</t>
+  </si>
+  <si>
     <t>CH0311864901</t>
   </si>
   <si>
     <t>VAT Group</t>
   </si>
   <si>
     <t>28/04/2026 13:30</t>
   </si>
   <si>
     <t>CH0021545667</t>
   </si>
   <si>
     <t>Vaudoise Assurances</t>
   </si>
   <si>
     <t>11/05/2026 16:30</t>
   </si>
   <si>
     <t>CH0530235594</t>
   </si>
   <si>
     <t>Vetropack</t>
   </si>
   <si>
     <t>22/04/2026 15:30</t>
@@ -1475,77 +1886,71 @@
   <si>
     <t>Vontobel</t>
   </si>
   <si>
     <t>14/04/2026 17:00</t>
   </si>
   <si>
     <t>LI0315487269</t>
   </si>
   <si>
     <t>VP Bank</t>
   </si>
   <si>
     <t>CH0528751586</t>
   </si>
   <si>
     <t>VZ Holding</t>
   </si>
   <si>
     <t>CH0542483745</t>
   </si>
   <si>
     <t>V-Zug Holding</t>
   </si>
   <si>
-    <t>14/04/2026 10:30</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0002619481</t>
   </si>
   <si>
     <t>Warteck Invest</t>
   </si>
   <si>
     <t>20/05/2026 17:30</t>
   </si>
   <si>
     <t>CH1276062754</t>
   </si>
   <si>
     <t>WISeKey</t>
   </si>
   <si>
     <t>CH0461929603</t>
   </si>
   <si>
     <t>Xlife Sciences</t>
   </si>
   <si>
-    <t>26/06/2026 14:00</t>
-[...1 lines deleted...]
-  <si>
     <t>CH0019396990</t>
   </si>
   <si>
     <t>Ypsomed</t>
   </si>
   <si>
     <t>01/07/2026 17:00</t>
   </si>
   <si>
     <t>CH0276534614</t>
   </si>
   <si>
     <t>Zehnder Group</t>
   </si>
   <si>
     <t>19/03/2026 16:00</t>
   </si>
   <si>
     <t>CH0312309682</t>
   </si>
   <si>
     <t>Züblin Immobilien</t>
   </si>
   <si>
     <t>01/07/2026 10:00</t>
@@ -1581,56 +1986,50 @@
     <t>CH0032598069</t>
   </si>
   <si>
     <t>CH0183503272</t>
   </si>
   <si>
     <t>CH0291438379</t>
   </si>
   <si>
     <t>CH0448058799</t>
   </si>
   <si>
     <t>CH0448058815</t>
   </si>
   <si>
     <t>CH1146201939</t>
   </si>
   <si>
     <t>CH0011075394</t>
   </si>
   <si>
     <t>Zurich Insurance Group</t>
   </si>
   <si>
     <t>08/04/2026 14:15</t>
-  </si>
-[...4 lines deleted...]
-    <t>Zwahlen &amp; Mayr</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1950,51 +2349,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K219"/>
+  <dimension ref="A1:K259"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:K3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
@@ -2141,51 +2540,51 @@
       <c r="A7">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" t="s">
         <v>25</v>
       </c>
       <c r="E7" t="s">
         <v>15</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7" t="s">
         <v>17</v>
       </c>
       <c r="H7" t="s">
         <v>17</v>
       </c>
       <c r="I7" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J7" t="s">
         <v>22</v>
       </c>
       <c r="K7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8">
         <v>5</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="E8" t="s">
         <v>15</v>
       </c>
       <c r="F8" t="s">
@@ -2211,156 +2610,156 @@
       <c r="A9">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9" t="s">
         <v>30</v>
       </c>
       <c r="E9" t="s">
         <v>15</v>
       </c>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9" t="s">
         <v>17</v>
       </c>
       <c r="H9" t="s">
         <v>17</v>
       </c>
       <c r="I9" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J9" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10">
         <v>7</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>15</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10" t="s">
         <v>17</v>
       </c>
       <c r="I10" t="s">
         <v>17</v>
       </c>
       <c r="J10" t="s">
         <v>17</v>
       </c>
       <c r="K10" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D11" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="E11" t="s">
         <v>15</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H11" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I11" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J11" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K11" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12">
         <v>9</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>38</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H12" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I12" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J12" t="s">
         <v>22</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13">
         <v>10</v>
       </c>
       <c r="B13" t="s">
         <v>39</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" t="s">
@@ -2371,7243 +2770,8646 @@
       </c>
       <c r="H13" t="s">
         <v>17</v>
       </c>
       <c r="I13" t="s">
         <v>17</v>
       </c>
       <c r="J13" t="s">
         <v>22</v>
       </c>
       <c r="K13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14">
         <v>11</v>
       </c>
       <c r="B14" t="s">
         <v>42</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="E14" t="s">
         <v>15</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
         <v>17</v>
       </c>
       <c r="H14" t="s">
         <v>17</v>
       </c>
       <c r="I14" t="s">
         <v>17</v>
       </c>
       <c r="J14" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K14" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15">
         <v>12</v>
       </c>
       <c r="B15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="G15" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H15" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15" t="s">
         <v>22</v>
       </c>
       <c r="K15" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16">
         <v>13</v>
       </c>
       <c r="B16" t="s">
         <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>49</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="E16" t="s">
         <v>15</v>
       </c>
       <c r="F16" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="G16" t="s">
         <v>17</v>
       </c>
       <c r="H16" t="s">
         <v>17</v>
       </c>
       <c r="I16" t="s">
         <v>17</v>
       </c>
       <c r="J16" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K16" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17">
         <v>14</v>
       </c>
       <c r="B17" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D17" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="E17" t="s">
         <v>15</v>
       </c>
       <c r="F17" t="s">
         <v>16</v>
       </c>
       <c r="G17" t="s">
         <v>17</v>
       </c>
       <c r="H17" t="s">
         <v>17</v>
       </c>
       <c r="I17" t="s">
         <v>17</v>
       </c>
       <c r="J17" t="s">
         <v>17</v>
       </c>
       <c r="K17" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18">
         <v>15</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="E18" t="s">
         <v>15</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
       <c r="G18" t="s">
         <v>17</v>
       </c>
       <c r="H18" t="s">
         <v>17</v>
       </c>
       <c r="I18" t="s">
         <v>17</v>
       </c>
       <c r="J18" t="s">
         <v>17</v>
       </c>
       <c r="K18" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19">
         <v>16</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="E19" t="s">
         <v>15</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
         <v>17</v>
       </c>
       <c r="H19" t="s">
         <v>17</v>
       </c>
       <c r="I19" t="s">
         <v>17</v>
       </c>
       <c r="J19" t="s">
         <v>17</v>
       </c>
       <c r="K19" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20">
         <v>17</v>
       </c>
       <c r="B20" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="E20" t="s">
         <v>15</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20" t="s">
         <v>17</v>
       </c>
       <c r="H20" t="s">
         <v>17</v>
       </c>
       <c r="I20" t="s">
         <v>17</v>
       </c>
       <c r="J20" t="s">
         <v>17</v>
       </c>
       <c r="K20" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="E21" t="s">
         <v>15</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21" t="s">
         <v>17</v>
       </c>
       <c r="I21" t="s">
         <v>17</v>
       </c>
       <c r="J21" t="s">
         <v>17</v>
       </c>
       <c r="K21" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22">
         <v>19</v>
       </c>
       <c r="B22" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="D22" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="E22" t="s">
         <v>15</v>
       </c>
       <c r="F22" t="s">
         <v>16</v>
       </c>
       <c r="G22" t="s">
         <v>17</v>
       </c>
       <c r="H22" t="s">
         <v>17</v>
       </c>
       <c r="I22" t="s">
         <v>17</v>
       </c>
       <c r="J22" t="s">
         <v>17</v>
       </c>
       <c r="K22" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23">
         <v>20</v>
       </c>
+      <c r="B23" t="s">
+        <v>62</v>
+      </c>
       <c r="C23" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="D23" t="s">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="E23" t="s">
         <v>15</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
       <c r="G23" t="s">
         <v>17</v>
       </c>
       <c r="H23" t="s">
         <v>17</v>
       </c>
       <c r="I23" t="s">
         <v>17</v>
       </c>
       <c r="J23" t="s">
         <v>17</v>
       </c>
       <c r="K23" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24">
         <v>21</v>
       </c>
       <c r="B24" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C24" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D24" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="E24" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="F24" t="s">
         <v>16</v>
       </c>
       <c r="G24" t="s">
         <v>17</v>
       </c>
       <c r="H24" t="s">
         <v>17</v>
       </c>
       <c r="I24" t="s">
         <v>17</v>
       </c>
       <c r="J24" t="s">
         <v>17</v>
       </c>
       <c r="K24" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25">
         <v>22</v>
       </c>
       <c r="B25" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C25" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D25" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="E25" t="s">
         <v>15</v>
       </c>
       <c r="F25" t="s">
         <v>16</v>
       </c>
       <c r="G25" t="s">
         <v>17</v>
       </c>
       <c r="H25" t="s">
         <v>17</v>
       </c>
       <c r="I25" t="s">
         <v>17</v>
       </c>
       <c r="J25" t="s">
         <v>17</v>
       </c>
       <c r="K25" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26">
         <v>23</v>
       </c>
       <c r="B26" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="C26" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="D26" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="E26" t="s">
         <v>15</v>
       </c>
       <c r="F26" t="s">
         <v>16</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="H26" t="s">
         <v>17</v>
       </c>
       <c r="I26" t="s">
         <v>17</v>
       </c>
       <c r="J26" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K26" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27">
         <v>24</v>
       </c>
       <c r="B27" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="C27" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="D27" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="E27" t="s">
         <v>15</v>
       </c>
       <c r="F27" t="s">
         <v>16</v>
       </c>
       <c r="G27" t="s">
         <v>17</v>
       </c>
       <c r="H27" t="s">
         <v>17</v>
       </c>
       <c r="I27" t="s">
         <v>17</v>
       </c>
       <c r="J27" t="s">
         <v>22</v>
       </c>
       <c r="K27" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28">
         <v>25</v>
       </c>
       <c r="B28" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="C28" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="D28" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="E28" t="s">
         <v>15</v>
       </c>
       <c r="F28" t="s">
         <v>16</v>
       </c>
       <c r="G28" t="s">
         <v>17</v>
       </c>
       <c r="H28" t="s">
         <v>17</v>
       </c>
       <c r="I28" t="s">
         <v>17</v>
       </c>
       <c r="J28" t="s">
         <v>17</v>
       </c>
       <c r="K28" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29">
         <v>26</v>
       </c>
       <c r="B29" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="C29" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D29" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="E29" t="s">
         <v>15</v>
       </c>
       <c r="F29" t="s">
         <v>16</v>
       </c>
       <c r="G29" t="s">
         <v>17</v>
       </c>
       <c r="H29" t="s">
         <v>17</v>
       </c>
       <c r="I29" t="s">
         <v>17</v>
       </c>
       <c r="J29" t="s">
         <v>17</v>
       </c>
       <c r="K29" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30">
         <v>27</v>
       </c>
       <c r="B30" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="C30" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="D30" t="s">
         <v>14</v>
       </c>
       <c r="E30" t="s">
         <v>15</v>
       </c>
       <c r="F30" t="s">
         <v>16</v>
       </c>
       <c r="G30" t="s">
         <v>17</v>
       </c>
       <c r="H30" t="s">
         <v>17</v>
       </c>
       <c r="I30" t="s">
         <v>17</v>
       </c>
       <c r="J30" t="s">
         <v>17</v>
       </c>
       <c r="K30" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31">
         <v>28</v>
       </c>
       <c r="B31" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C31" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="D31" t="s">
         <v>14</v>
       </c>
       <c r="E31" t="s">
         <v>15</v>
       </c>
       <c r="F31" t="s">
         <v>16</v>
       </c>
       <c r="G31" t="s">
         <v>17</v>
       </c>
       <c r="H31" t="s">
         <v>17</v>
       </c>
       <c r="I31" t="s">
         <v>17</v>
       </c>
       <c r="J31" t="s">
         <v>17</v>
       </c>
       <c r="K31" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32">
         <v>29</v>
       </c>
       <c r="B32" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="C32" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="D32" t="s">
-        <v>14</v>
+        <v>85</v>
       </c>
       <c r="E32" t="s">
         <v>15</v>
       </c>
       <c r="F32" t="s">
         <v>16</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="H32" t="s">
         <v>17</v>
       </c>
       <c r="I32" t="s">
         <v>17</v>
       </c>
       <c r="J32" t="s">
         <v>17</v>
       </c>
       <c r="K32" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33">
         <v>30</v>
       </c>
       <c r="B33" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="C33" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="D33" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="E33" t="s">
         <v>15</v>
       </c>
       <c r="F33" t="s">
         <v>16</v>
       </c>
       <c r="G33" t="s">
         <v>17</v>
       </c>
       <c r="H33" t="s">
         <v>17</v>
       </c>
       <c r="I33" t="s">
         <v>17</v>
       </c>
       <c r="J33" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K33" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34">
         <v>31</v>
       </c>
       <c r="B34" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="C34" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="D34" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="E34" t="s">
         <v>15</v>
       </c>
       <c r="F34" t="s">
         <v>16</v>
       </c>
       <c r="G34" t="s">
         <v>17</v>
       </c>
       <c r="H34" t="s">
         <v>17</v>
       </c>
       <c r="I34" t="s">
         <v>17</v>
       </c>
       <c r="J34" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K34" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35">
         <v>32</v>
       </c>
       <c r="B35" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="C35" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D35" t="s">
-        <v>14</v>
+        <v>88</v>
       </c>
       <c r="E35" t="s">
         <v>15</v>
       </c>
       <c r="F35" t="s">
         <v>16</v>
       </c>
       <c r="G35" t="s">
         <v>17</v>
       </c>
       <c r="H35" t="s">
         <v>17</v>
       </c>
       <c r="I35" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J35" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K35" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36">
         <v>33</v>
       </c>
       <c r="B36" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C36" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="D36" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="E36" t="s">
         <v>15</v>
       </c>
       <c r="F36" t="s">
         <v>16</v>
       </c>
       <c r="G36" t="s">
         <v>17</v>
       </c>
       <c r="H36" t="s">
         <v>17</v>
       </c>
       <c r="I36" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J36" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K36" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37">
         <v>34</v>
       </c>
       <c r="B37" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C37" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="D37" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="E37" t="s">
         <v>15</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37" t="s">
         <v>17</v>
       </c>
       <c r="H37" t="s">
         <v>17</v>
       </c>
       <c r="I37" t="s">
         <v>17</v>
       </c>
       <c r="J37" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K37" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38">
         <v>35</v>
       </c>
       <c r="B38" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="C38" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="D38" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="E38" t="s">
         <v>15</v>
       </c>
       <c r="F38" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="G38" t="s">
         <v>17</v>
       </c>
       <c r="H38" t="s">
         <v>17</v>
       </c>
       <c r="I38" t="s">
         <v>17</v>
       </c>
       <c r="J38" t="s">
         <v>17</v>
       </c>
       <c r="K38" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39">
         <v>36</v>
       </c>
       <c r="B39" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="C39" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="D39" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="E39" t="s">
         <v>15</v>
       </c>
       <c r="F39" t="s">
         <v>16</v>
       </c>
       <c r="G39" t="s">
         <v>17</v>
       </c>
       <c r="H39" t="s">
         <v>17</v>
       </c>
       <c r="I39" t="s">
         <v>17</v>
       </c>
       <c r="J39" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K39" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40">
         <v>37</v>
       </c>
       <c r="B40" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="C40" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="D40" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="E40" t="s">
         <v>15</v>
       </c>
       <c r="F40" t="s">
         <v>16</v>
       </c>
       <c r="G40" t="s">
         <v>17</v>
       </c>
       <c r="H40" t="s">
         <v>17</v>
       </c>
       <c r="I40" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J40" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K40" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41">
         <v>38</v>
       </c>
       <c r="B41" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="C41" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="D41" t="s">
-        <v>14</v>
+        <v>108</v>
       </c>
       <c r="E41" t="s">
         <v>15</v>
       </c>
       <c r="F41" t="s">
         <v>16</v>
       </c>
       <c r="G41" t="s">
         <v>17</v>
       </c>
       <c r="H41" t="s">
         <v>17</v>
       </c>
       <c r="I41" t="s">
         <v>17</v>
       </c>
       <c r="J41" t="s">
         <v>17</v>
       </c>
       <c r="K41" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42">
         <v>39</v>
       </c>
       <c r="B42" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="C42" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="D42" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="E42" t="s">
         <v>15</v>
       </c>
       <c r="F42" t="s">
         <v>16</v>
       </c>
       <c r="G42" t="s">
         <v>17</v>
       </c>
       <c r="H42" t="s">
         <v>17</v>
       </c>
       <c r="I42" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J42" t="s">
         <v>22</v>
       </c>
       <c r="K42" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43">
         <v>40</v>
       </c>
       <c r="B43" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="C43" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="D43" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="E43" t="s">
         <v>15</v>
       </c>
       <c r="F43" t="s">
         <v>16</v>
       </c>
       <c r="G43" t="s">
         <v>17</v>
       </c>
       <c r="H43" t="s">
         <v>17</v>
       </c>
       <c r="I43" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J43" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K43" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44">
         <v>41</v>
       </c>
       <c r="B44" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="C44" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="D44" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="E44" t="s">
         <v>15</v>
       </c>
       <c r="F44" t="s">
         <v>16</v>
       </c>
       <c r="G44" t="s">
         <v>17</v>
       </c>
       <c r="H44" t="s">
         <v>17</v>
       </c>
       <c r="I44" t="s">
         <v>17</v>
       </c>
       <c r="J44" t="s">
         <v>17</v>
       </c>
       <c r="K44" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45">
         <v>42</v>
       </c>
       <c r="B45" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="C45" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D45" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="E45" t="s">
         <v>15</v>
       </c>
       <c r="F45" t="s">
         <v>16</v>
       </c>
       <c r="G45" t="s">
         <v>17</v>
       </c>
       <c r="H45" t="s">
         <v>17</v>
       </c>
       <c r="I45" t="s">
         <v>17</v>
       </c>
       <c r="J45" t="s">
         <v>22</v>
       </c>
       <c r="K45" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46">
         <v>43</v>
       </c>
       <c r="B46" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="C46" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="D46" t="s">
-        <v>14</v>
+        <v>123</v>
       </c>
       <c r="E46" t="s">
         <v>15</v>
       </c>
       <c r="F46" t="s">
         <v>16</v>
       </c>
       <c r="G46" t="s">
         <v>17</v>
       </c>
       <c r="H46" t="s">
         <v>17</v>
       </c>
       <c r="I46" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J46" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K46" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47">
         <v>44</v>
       </c>
       <c r="B47" t="s">
-        <v>113</v>
+        <v>124</v>
       </c>
       <c r="C47" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="D47" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="E47" t="s">
         <v>15</v>
       </c>
       <c r="F47" t="s">
         <v>16</v>
       </c>
       <c r="G47" t="s">
         <v>17</v>
       </c>
       <c r="H47" t="s">
         <v>17</v>
       </c>
       <c r="I47" t="s">
         <v>17</v>
       </c>
       <c r="J47" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K47" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48">
         <v>45</v>
       </c>
       <c r="B48" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="C48" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="D48" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="E48" t="s">
         <v>15</v>
       </c>
       <c r="F48" t="s">
         <v>16</v>
       </c>
       <c r="G48" t="s">
         <v>17</v>
       </c>
       <c r="H48" t="s">
         <v>17</v>
       </c>
       <c r="I48" t="s">
         <v>17</v>
       </c>
       <c r="J48" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K48" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49">
         <v>46</v>
       </c>
       <c r="B49" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="C49" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="D49" t="s">
-        <v>14</v>
+        <v>132</v>
       </c>
       <c r="E49" t="s">
         <v>15</v>
       </c>
       <c r="F49" t="s">
         <v>16</v>
       </c>
       <c r="G49" t="s">
         <v>17</v>
       </c>
       <c r="H49" t="s">
         <v>17</v>
       </c>
       <c r="I49" t="s">
         <v>17</v>
       </c>
       <c r="J49" t="s">
         <v>17</v>
       </c>
       <c r="K49" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50">
         <v>47</v>
       </c>
       <c r="B50" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="C50" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="D50" t="s">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="E50" t="s">
         <v>15</v>
       </c>
       <c r="F50" t="s">
         <v>16</v>
       </c>
       <c r="G50" t="s">
         <v>17</v>
       </c>
       <c r="H50" t="s">
         <v>17</v>
       </c>
       <c r="I50" t="s">
         <v>17</v>
       </c>
       <c r="J50" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K50" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51">
         <v>48</v>
       </c>
       <c r="B51" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C51" t="s">
-        <v>125</v>
+        <v>137</v>
       </c>
       <c r="D51" t="s">
         <v>14</v>
       </c>
       <c r="E51" t="s">
         <v>15</v>
       </c>
       <c r="F51" t="s">
         <v>16</v>
       </c>
       <c r="G51" t="s">
         <v>17</v>
       </c>
       <c r="H51" t="s">
         <v>17</v>
       </c>
       <c r="I51" t="s">
         <v>17</v>
       </c>
       <c r="J51" t="s">
         <v>17</v>
       </c>
       <c r="K51" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52">
         <v>49</v>
       </c>
       <c r="B52" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
       <c r="C52" t="s">
-        <v>127</v>
+        <v>139</v>
       </c>
       <c r="D52" t="s">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="E52" t="s">
         <v>15</v>
       </c>
       <c r="F52" t="s">
         <v>16</v>
       </c>
       <c r="G52" t="s">
         <v>17</v>
       </c>
       <c r="H52" t="s">
         <v>17</v>
       </c>
       <c r="I52" t="s">
         <v>17</v>
       </c>
       <c r="J52" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K52" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53">
         <v>50</v>
       </c>
       <c r="B53" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="C53" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="D53" t="s">
         <v>14</v>
       </c>
       <c r="E53" t="s">
         <v>15</v>
       </c>
       <c r="F53" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="G53" t="s">
         <v>17</v>
       </c>
       <c r="H53" t="s">
         <v>17</v>
       </c>
       <c r="I53" t="s">
         <v>17</v>
       </c>
       <c r="J53" t="s">
         <v>17</v>
       </c>
       <c r="K53" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54">
         <v>51</v>
       </c>
       <c r="B54" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="C54" t="s">
-        <v>130</v>
+        <v>144</v>
       </c>
       <c r="D54" t="s">
         <v>14</v>
       </c>
       <c r="E54" t="s">
         <v>15</v>
       </c>
       <c r="F54" t="s">
         <v>16</v>
       </c>
       <c r="G54" t="s">
         <v>17</v>
       </c>
       <c r="H54" t="s">
         <v>17</v>
       </c>
       <c r="I54" t="s">
         <v>17</v>
       </c>
       <c r="J54" t="s">
         <v>17</v>
       </c>
       <c r="K54" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55">
         <v>52</v>
       </c>
       <c r="B55" t="s">
-        <v>132</v>
+        <v>145</v>
       </c>
       <c r="C55" t="s">
-        <v>133</v>
+        <v>146</v>
       </c>
       <c r="D55" t="s">
-        <v>64</v>
+        <v>147</v>
       </c>
       <c r="E55" t="s">
         <v>15</v>
       </c>
       <c r="F55" t="s">
         <v>16</v>
       </c>
       <c r="G55" t="s">
         <v>17</v>
       </c>
       <c r="H55" t="s">
         <v>17</v>
       </c>
       <c r="I55" t="s">
         <v>17</v>
       </c>
       <c r="J55" t="s">
         <v>22</v>
       </c>
       <c r="K55" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56">
         <v>53</v>
       </c>
       <c r="B56" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="C56" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
       <c r="D56" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
       <c r="E56" t="s">
         <v>15</v>
       </c>
       <c r="F56" t="s">
         <v>16</v>
       </c>
       <c r="G56" t="s">
         <v>17</v>
       </c>
       <c r="H56" t="s">
         <v>17</v>
       </c>
       <c r="I56" t="s">
         <v>17</v>
       </c>
       <c r="J56" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K56" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57">
         <v>54</v>
       </c>
       <c r="B57" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
       <c r="C57" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
       <c r="D57" t="s">
         <v>14</v>
       </c>
       <c r="E57" t="s">
         <v>15</v>
       </c>
       <c r="F57" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="G57" t="s">
         <v>17</v>
       </c>
       <c r="H57" t="s">
         <v>17</v>
       </c>
       <c r="I57" t="s">
         <v>17</v>
       </c>
       <c r="J57" t="s">
         <v>17</v>
       </c>
       <c r="K57" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58">
         <v>55</v>
       </c>
       <c r="B58" t="s">
-        <v>139</v>
+        <v>153</v>
       </c>
       <c r="C58" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="D58" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="E58" t="s">
         <v>15</v>
       </c>
       <c r="F58" t="s">
         <v>16</v>
       </c>
       <c r="G58" t="s">
         <v>17</v>
       </c>
       <c r="H58" t="s">
         <v>17</v>
       </c>
       <c r="I58" t="s">
         <v>17</v>
       </c>
       <c r="J58" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K58" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59">
         <v>56</v>
       </c>
       <c r="B59" t="s">
-        <v>141</v>
+        <v>156</v>
       </c>
       <c r="C59" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="D59" t="s">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="E59" t="s">
         <v>15</v>
       </c>
       <c r="F59" t="s">
         <v>16</v>
       </c>
       <c r="G59" t="s">
         <v>17</v>
       </c>
       <c r="H59" t="s">
         <v>17</v>
       </c>
       <c r="I59" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J59" t="s">
         <v>22</v>
       </c>
       <c r="K59" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60">
         <v>57</v>
       </c>
       <c r="B60" t="s">
-        <v>144</v>
+        <v>159</v>
       </c>
       <c r="C60" t="s">
-        <v>145</v>
+        <v>160</v>
       </c>
       <c r="D60" t="s">
-        <v>146</v>
+        <v>161</v>
       </c>
       <c r="E60" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="F60" t="s">
         <v>16</v>
       </c>
       <c r="G60" t="s">
         <v>17</v>
       </c>
       <c r="H60" t="s">
         <v>17</v>
       </c>
       <c r="I60" t="s">
         <v>17</v>
       </c>
       <c r="J60" t="s">
         <v>17</v>
       </c>
       <c r="K60" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61">
         <v>58</v>
       </c>
       <c r="B61" t="s">
-        <v>144</v>
+        <v>162</v>
       </c>
       <c r="C61" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="D61" t="s">
         <v>14</v>
       </c>
       <c r="E61" t="s">
         <v>15</v>
       </c>
       <c r="F61" t="s">
         <v>16</v>
       </c>
       <c r="G61" t="s">
         <v>17</v>
       </c>
       <c r="H61" t="s">
         <v>17</v>
       </c>
       <c r="I61" t="s">
         <v>17</v>
       </c>
       <c r="J61" t="s">
         <v>17</v>
       </c>
       <c r="K61" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62">
         <v>59</v>
       </c>
       <c r="B62" t="s">
-        <v>147</v>
+        <v>164</v>
       </c>
       <c r="C62" t="s">
-        <v>148</v>
+        <v>165</v>
       </c>
       <c r="D62" t="s">
-        <v>149</v>
+        <v>166</v>
       </c>
       <c r="E62" t="s">
         <v>15</v>
       </c>
       <c r="F62" t="s">
         <v>16</v>
       </c>
       <c r="G62" t="s">
         <v>17</v>
       </c>
       <c r="H62" t="s">
         <v>17</v>
       </c>
       <c r="I62" t="s">
         <v>17</v>
       </c>
       <c r="J62" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K62" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63">
         <v>60</v>
       </c>
       <c r="B63" t="s">
-        <v>150</v>
+        <v>167</v>
       </c>
       <c r="C63" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="D63" t="s">
         <v>14</v>
       </c>
       <c r="E63" t="s">
         <v>15</v>
       </c>
       <c r="F63" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="G63" t="s">
         <v>17</v>
       </c>
       <c r="H63" t="s">
         <v>17</v>
       </c>
       <c r="I63" t="s">
         <v>17</v>
       </c>
       <c r="J63" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K63" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64">
         <v>61</v>
       </c>
       <c r="B64" t="s">
-        <v>152</v>
+        <v>169</v>
       </c>
       <c r="C64" t="s">
-        <v>153</v>
+        <v>170</v>
       </c>
       <c r="D64" t="s">
-        <v>14</v>
+        <v>70</v>
       </c>
       <c r="E64" t="s">
         <v>15</v>
       </c>
       <c r="F64" t="s">
         <v>16</v>
       </c>
       <c r="G64" t="s">
         <v>17</v>
       </c>
       <c r="H64" t="s">
         <v>17</v>
       </c>
       <c r="I64" t="s">
         <v>17</v>
       </c>
       <c r="J64" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K64" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65">
         <v>62</v>
       </c>
       <c r="B65" t="s">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="C65" t="s">
-        <v>155</v>
+        <v>172</v>
       </c>
       <c r="D65" t="s">
-        <v>156</v>
+        <v>173</v>
       </c>
       <c r="E65" t="s">
         <v>15</v>
       </c>
       <c r="F65" t="s">
         <v>16</v>
       </c>
       <c r="G65" t="s">
         <v>17</v>
       </c>
       <c r="H65" t="s">
         <v>17</v>
       </c>
       <c r="I65" t="s">
         <v>17</v>
       </c>
       <c r="J65" t="s">
         <v>17</v>
       </c>
       <c r="K65" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66">
         <v>63</v>
       </c>
       <c r="B66" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
       <c r="C66" t="s">
-        <v>158</v>
+        <v>175</v>
       </c>
       <c r="D66" t="s">
-        <v>159</v>
+        <v>14</v>
       </c>
       <c r="E66" t="s">
         <v>15</v>
       </c>
       <c r="F66" t="s">
         <v>16</v>
       </c>
       <c r="G66" t="s">
         <v>17</v>
       </c>
       <c r="H66" t="s">
         <v>17</v>
       </c>
       <c r="I66" t="s">
         <v>17</v>
       </c>
       <c r="J66" t="s">
         <v>17</v>
       </c>
       <c r="K66" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67">
         <v>64</v>
       </c>
       <c r="B67" t="s">
-        <v>160</v>
+        <v>176</v>
       </c>
       <c r="C67" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
       <c r="D67" t="s">
-        <v>159</v>
+        <v>117</v>
       </c>
       <c r="E67" t="s">
         <v>15</v>
       </c>
       <c r="F67" t="s">
         <v>16</v>
       </c>
       <c r="G67" t="s">
         <v>17</v>
       </c>
       <c r="H67" t="s">
         <v>17</v>
       </c>
       <c r="I67" t="s">
         <v>17</v>
       </c>
       <c r="J67" t="s">
         <v>17</v>
       </c>
       <c r="K67" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68">
         <v>65</v>
       </c>
       <c r="B68" t="s">
-        <v>161</v>
+        <v>178</v>
       </c>
       <c r="C68" t="s">
-        <v>162</v>
+        <v>179</v>
       </c>
       <c r="D68" t="s">
-        <v>163</v>
+        <v>180</v>
       </c>
       <c r="E68" t="s">
         <v>15</v>
       </c>
       <c r="F68" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="G68" t="s">
         <v>17</v>
       </c>
       <c r="H68" t="s">
         <v>17</v>
       </c>
       <c r="I68" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J68" t="s">
         <v>22</v>
       </c>
       <c r="K68" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69">
         <v>66</v>
       </c>
       <c r="B69" t="s">
-        <v>164</v>
+        <v>181</v>
       </c>
       <c r="C69" t="s">
-        <v>165</v>
+        <v>182</v>
       </c>
       <c r="D69" t="s">
-        <v>166</v>
+        <v>183</v>
       </c>
       <c r="E69" t="s">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="F69" t="s">
         <v>16</v>
       </c>
       <c r="G69" t="s">
         <v>17</v>
       </c>
       <c r="H69" t="s">
         <v>17</v>
       </c>
       <c r="I69" t="s">
         <v>17</v>
       </c>
       <c r="J69" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K69" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70">
         <v>67</v>
       </c>
       <c r="B70" t="s">
-        <v>167</v>
+        <v>181</v>
       </c>
       <c r="C70" t="s">
-        <v>168</v>
+        <v>182</v>
       </c>
       <c r="D70" t="s">
-        <v>169</v>
+        <v>14</v>
       </c>
       <c r="E70" t="s">
         <v>15</v>
       </c>
       <c r="F70" t="s">
         <v>16</v>
       </c>
       <c r="G70" t="s">
         <v>17</v>
       </c>
       <c r="H70" t="s">
         <v>17</v>
       </c>
       <c r="I70" t="s">
         <v>17</v>
       </c>
       <c r="J70" t="s">
         <v>17</v>
       </c>
       <c r="K70" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71">
         <v>68</v>
       </c>
       <c r="B71" t="s">
-        <v>170</v>
+        <v>184</v>
       </c>
       <c r="C71" t="s">
-        <v>171</v>
+        <v>185</v>
       </c>
       <c r="D71" t="s">
-        <v>172</v>
+        <v>186</v>
       </c>
       <c r="E71" t="s">
         <v>15</v>
       </c>
       <c r="F71" t="s">
         <v>16</v>
       </c>
       <c r="G71" t="s">
         <v>17</v>
       </c>
       <c r="H71" t="s">
         <v>17</v>
       </c>
       <c r="I71" t="s">
         <v>17</v>
       </c>
       <c r="J71" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K71" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72">
         <v>69</v>
       </c>
       <c r="B72" t="s">
-        <v>173</v>
+        <v>187</v>
       </c>
       <c r="C72" t="s">
-        <v>171</v>
+        <v>188</v>
       </c>
       <c r="D72" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="E72" t="s">
         <v>15</v>
       </c>
       <c r="F72" t="s">
         <v>16</v>
       </c>
       <c r="G72" t="s">
         <v>17</v>
       </c>
       <c r="H72" t="s">
         <v>17</v>
       </c>
       <c r="I72" t="s">
         <v>17</v>
       </c>
       <c r="J72" t="s">
         <v>22</v>
       </c>
       <c r="K72" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73">
         <v>70</v>
       </c>
       <c r="B73" t="s">
-        <v>174</v>
+        <v>190</v>
       </c>
       <c r="C73" t="s">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="D73" t="s">
-        <v>176</v>
+        <v>192</v>
       </c>
       <c r="E73" t="s">
         <v>15</v>
       </c>
       <c r="F73" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="G73" t="s">
         <v>17</v>
       </c>
       <c r="H73" t="s">
         <v>17</v>
       </c>
       <c r="I73" t="s">
         <v>17</v>
       </c>
       <c r="J73" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K73" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74">
         <v>71</v>
       </c>
       <c r="B74" t="s">
-        <v>177</v>
+        <v>193</v>
       </c>
       <c r="C74" t="s">
-        <v>178</v>
+        <v>194</v>
       </c>
       <c r="D74" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="E74" t="s">
         <v>15</v>
       </c>
       <c r="F74" t="s">
         <v>16</v>
       </c>
       <c r="G74" t="s">
         <v>17</v>
       </c>
       <c r="H74" t="s">
         <v>17</v>
       </c>
       <c r="I74" t="s">
         <v>17</v>
       </c>
       <c r="J74" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K74" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75">
         <v>72</v>
       </c>
       <c r="B75" t="s">
-        <v>180</v>
+        <v>196</v>
       </c>
       <c r="C75" t="s">
-        <v>181</v>
+        <v>197</v>
       </c>
       <c r="D75" t="s">
-        <v>14</v>
+        <v>198</v>
       </c>
       <c r="E75" t="s">
         <v>15</v>
       </c>
       <c r="F75" t="s">
         <v>16</v>
       </c>
       <c r="G75" t="s">
         <v>17</v>
       </c>
       <c r="H75" t="s">
         <v>17</v>
       </c>
       <c r="I75" t="s">
         <v>17</v>
       </c>
       <c r="J75" t="s">
         <v>17</v>
       </c>
       <c r="K75" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76">
         <v>73</v>
       </c>
       <c r="B76" t="s">
-        <v>182</v>
+        <v>199</v>
       </c>
       <c r="C76" t="s">
-        <v>183</v>
+        <v>200</v>
       </c>
       <c r="D76" t="s">
-        <v>184</v>
+        <v>14</v>
       </c>
       <c r="E76" t="s">
         <v>15</v>
       </c>
       <c r="F76" t="s">
         <v>16</v>
       </c>
       <c r="G76" t="s">
         <v>17</v>
       </c>
       <c r="H76" t="s">
         <v>17</v>
       </c>
       <c r="I76" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J76" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K76" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77">
         <v>74</v>
       </c>
       <c r="B77" t="s">
-        <v>185</v>
+        <v>201</v>
       </c>
       <c r="C77" t="s">
-        <v>186</v>
+        <v>202</v>
       </c>
       <c r="D77" t="s">
-        <v>187</v>
+        <v>203</v>
       </c>
       <c r="E77" t="s">
         <v>15</v>
       </c>
       <c r="F77" t="s">
         <v>16</v>
       </c>
       <c r="G77" t="s">
         <v>17</v>
       </c>
       <c r="H77" t="s">
         <v>17</v>
       </c>
       <c r="I77" t="s">
         <v>17</v>
       </c>
       <c r="J77" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K77" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78">
         <v>75</v>
       </c>
       <c r="B78" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="C78" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="D78" t="s">
-        <v>14</v>
+        <v>206</v>
       </c>
       <c r="E78" t="s">
         <v>15</v>
       </c>
       <c r="F78" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="G78" t="s">
         <v>17</v>
       </c>
       <c r="H78" t="s">
         <v>17</v>
       </c>
       <c r="I78" t="s">
         <v>17</v>
       </c>
       <c r="J78" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K78" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79">
         <v>76</v>
       </c>
       <c r="B79" t="s">
-        <v>190</v>
+        <v>207</v>
       </c>
       <c r="C79" t="s">
-        <v>191</v>
+        <v>208</v>
       </c>
       <c r="D79" t="s">
-        <v>143</v>
+        <v>209</v>
       </c>
       <c r="E79" t="s">
         <v>15</v>
       </c>
       <c r="F79" t="s">
         <v>16</v>
       </c>
       <c r="G79" t="s">
         <v>17</v>
       </c>
       <c r="H79" t="s">
         <v>17</v>
       </c>
       <c r="I79" t="s">
         <v>17</v>
       </c>
       <c r="J79" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K79" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80">
         <v>77</v>
       </c>
       <c r="B80" t="s">
-        <v>192</v>
+        <v>210</v>
       </c>
       <c r="C80" t="s">
-        <v>193</v>
+        <v>211</v>
       </c>
       <c r="D80" t="s">
-        <v>194</v>
+        <v>212</v>
       </c>
       <c r="E80" t="s">
         <v>15</v>
       </c>
       <c r="F80" t="s">
         <v>16</v>
       </c>
       <c r="G80" t="s">
         <v>17</v>
       </c>
       <c r="H80" t="s">
         <v>17</v>
       </c>
       <c r="I80" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J80" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K80" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81">
         <v>78</v>
       </c>
       <c r="B81" t="s">
-        <v>195</v>
+        <v>213</v>
       </c>
       <c r="C81" t="s">
-        <v>196</v>
+        <v>214</v>
       </c>
       <c r="D81" t="s">
-        <v>14</v>
+        <v>215</v>
       </c>
       <c r="E81" t="s">
         <v>15</v>
       </c>
       <c r="F81" t="s">
         <v>16</v>
       </c>
       <c r="G81" t="s">
         <v>17</v>
       </c>
       <c r="H81" t="s">
         <v>17</v>
       </c>
       <c r="I81" t="s">
         <v>17</v>
       </c>
       <c r="J81" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K81" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82">
         <v>79</v>
       </c>
       <c r="B82" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="C82" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="D82" t="s">
-        <v>14</v>
+        <v>218</v>
       </c>
       <c r="E82" t="s">
         <v>15</v>
       </c>
       <c r="F82" t="s">
         <v>16</v>
       </c>
       <c r="G82" t="s">
         <v>17</v>
       </c>
       <c r="H82" t="s">
         <v>17</v>
       </c>
       <c r="I82" t="s">
         <v>17</v>
       </c>
       <c r="J82" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K82" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83">
         <v>80</v>
       </c>
       <c r="B83" t="s">
-        <v>199</v>
+        <v>219</v>
       </c>
       <c r="C83" t="s">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="D83" t="s">
-        <v>201</v>
+        <v>221</v>
       </c>
       <c r="E83" t="s">
         <v>15</v>
       </c>
       <c r="F83" t="s">
         <v>16</v>
       </c>
       <c r="G83" t="s">
         <v>17</v>
       </c>
       <c r="H83" t="s">
         <v>17</v>
       </c>
       <c r="I83" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J83" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K83" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84">
         <v>81</v>
       </c>
       <c r="B84" t="s">
-        <v>202</v>
+        <v>222</v>
       </c>
       <c r="C84" t="s">
-        <v>203</v>
+        <v>223</v>
       </c>
       <c r="D84" t="s">
-        <v>204</v>
+        <v>224</v>
       </c>
       <c r="E84" t="s">
         <v>15</v>
       </c>
       <c r="F84" t="s">
         <v>16</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H84" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I84" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J84" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K84" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85">
         <v>82</v>
       </c>
       <c r="B85" t="s">
-        <v>205</v>
+        <v>225</v>
       </c>
       <c r="C85" t="s">
-        <v>206</v>
+        <v>226</v>
       </c>
       <c r="D85" t="s">
-        <v>207</v>
+        <v>227</v>
       </c>
       <c r="E85" t="s">
         <v>15</v>
       </c>
       <c r="F85" t="s">
         <v>16</v>
       </c>
       <c r="G85" t="s">
         <v>17</v>
       </c>
       <c r="H85" t="s">
         <v>17</v>
       </c>
       <c r="I85" t="s">
         <v>17</v>
       </c>
       <c r="J85" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K85" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86">
         <v>83</v>
       </c>
       <c r="B86" t="s">
-        <v>208</v>
+        <v>228</v>
       </c>
       <c r="C86" t="s">
-        <v>209</v>
+        <v>229</v>
       </c>
       <c r="D86" t="s">
-        <v>210</v>
+        <v>230</v>
       </c>
       <c r="E86" t="s">
         <v>15</v>
       </c>
       <c r="F86" t="s">
         <v>16</v>
       </c>
       <c r="G86" t="s">
         <v>17</v>
       </c>
       <c r="H86" t="s">
         <v>17</v>
       </c>
       <c r="I86" t="s">
         <v>17</v>
       </c>
       <c r="J86" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K86" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87">
         <v>84</v>
       </c>
       <c r="B87" t="s">
-        <v>211</v>
+        <v>231</v>
       </c>
       <c r="C87" t="s">
-        <v>212</v>
+        <v>232</v>
       </c>
       <c r="D87" t="s">
-        <v>14</v>
+        <v>233</v>
       </c>
       <c r="E87" t="s">
         <v>15</v>
       </c>
       <c r="F87" t="s">
         <v>16</v>
       </c>
       <c r="G87" t="s">
         <v>17</v>
       </c>
       <c r="H87" t="s">
         <v>17</v>
       </c>
       <c r="I87" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J87" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K87" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88">
         <v>85</v>
       </c>
       <c r="B88" t="s">
-        <v>213</v>
+        <v>234</v>
       </c>
       <c r="C88" t="s">
-        <v>212</v>
+        <v>235</v>
       </c>
       <c r="D88" t="s">
-        <v>14</v>
+        <v>236</v>
       </c>
       <c r="E88" t="s">
         <v>15</v>
       </c>
       <c r="F88" t="s">
         <v>16</v>
       </c>
       <c r="G88" t="s">
         <v>17</v>
       </c>
       <c r="H88" t="s">
         <v>17</v>
       </c>
       <c r="I88" t="s">
         <v>17</v>
       </c>
       <c r="J88" t="s">
         <v>17</v>
       </c>
       <c r="K88" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89">
         <v>86</v>
       </c>
       <c r="B89" t="s">
-        <v>214</v>
+        <v>237</v>
       </c>
       <c r="C89" t="s">
-        <v>215</v>
+        <v>238</v>
       </c>
       <c r="D89" t="s">
-        <v>14</v>
+        <v>239</v>
       </c>
       <c r="E89" t="s">
         <v>15</v>
       </c>
       <c r="F89" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="G89" t="s">
         <v>17</v>
       </c>
       <c r="H89" t="s">
         <v>17</v>
       </c>
       <c r="I89" t="s">
         <v>17</v>
       </c>
       <c r="J89" t="s">
         <v>17</v>
       </c>
       <c r="K89" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90">
         <v>87</v>
       </c>
       <c r="B90" t="s">
-        <v>216</v>
+        <v>240</v>
       </c>
       <c r="C90" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="D90" t="s">
         <v>14</v>
       </c>
       <c r="E90" t="s">
         <v>15</v>
       </c>
       <c r="F90" t="s">
         <v>16</v>
       </c>
       <c r="G90" t="s">
         <v>17</v>
       </c>
       <c r="H90" t="s">
         <v>17</v>
       </c>
       <c r="I90" t="s">
         <v>17</v>
       </c>
       <c r="J90" t="s">
         <v>17</v>
       </c>
       <c r="K90" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91">
         <v>88</v>
       </c>
       <c r="B91" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="C91" t="s">
-        <v>219</v>
+        <v>243</v>
       </c>
       <c r="D91" t="s">
-        <v>220</v>
+        <v>244</v>
       </c>
       <c r="E91" t="s">
         <v>15</v>
       </c>
       <c r="F91" t="s">
         <v>16</v>
       </c>
       <c r="G91" t="s">
         <v>17</v>
       </c>
       <c r="H91" t="s">
         <v>17</v>
       </c>
       <c r="I91" t="s">
         <v>17</v>
       </c>
       <c r="J91" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K91" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92">
         <v>89</v>
       </c>
       <c r="B92" t="s">
-        <v>221</v>
+        <v>245</v>
       </c>
       <c r="C92" t="s">
-        <v>222</v>
+        <v>246</v>
       </c>
       <c r="D92" t="s">
-        <v>223</v>
+        <v>247</v>
       </c>
       <c r="E92" t="s">
         <v>15</v>
       </c>
       <c r="F92" t="s">
         <v>16</v>
       </c>
       <c r="G92" t="s">
         <v>17</v>
       </c>
       <c r="H92" t="s">
         <v>17</v>
       </c>
       <c r="I92" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J92" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K92" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93">
         <v>90</v>
       </c>
       <c r="B93" t="s">
-        <v>224</v>
+        <v>248</v>
       </c>
       <c r="C93" t="s">
-        <v>225</v>
+        <v>249</v>
       </c>
       <c r="D93" t="s">
-        <v>14</v>
+        <v>250</v>
       </c>
       <c r="E93" t="s">
         <v>15</v>
       </c>
       <c r="F93" t="s">
         <v>16</v>
       </c>
       <c r="G93" t="s">
         <v>17</v>
       </c>
       <c r="H93" t="s">
         <v>17</v>
       </c>
       <c r="I93" t="s">
         <v>17</v>
       </c>
       <c r="J93" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K93" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94">
         <v>91</v>
       </c>
       <c r="B94" t="s">
-        <v>226</v>
+        <v>251</v>
       </c>
       <c r="C94" t="s">
-        <v>227</v>
+        <v>252</v>
       </c>
       <c r="D94" t="s">
-        <v>228</v>
+        <v>14</v>
       </c>
       <c r="E94" t="s">
         <v>15</v>
       </c>
       <c r="F94" t="s">
         <v>16</v>
       </c>
       <c r="G94" t="s">
         <v>17</v>
       </c>
       <c r="H94" t="s">
         <v>17</v>
       </c>
       <c r="I94" t="s">
         <v>17</v>
       </c>
       <c r="J94" t="s">
         <v>17</v>
       </c>
       <c r="K94" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95">
         <v>92</v>
       </c>
       <c r="B95" t="s">
-        <v>229</v>
+        <v>253</v>
       </c>
       <c r="C95" t="s">
-        <v>230</v>
+        <v>254</v>
       </c>
       <c r="D95" t="s">
-        <v>231</v>
+        <v>180</v>
       </c>
       <c r="E95" t="s">
         <v>15</v>
       </c>
       <c r="F95" t="s">
         <v>16</v>
       </c>
       <c r="G95" t="s">
         <v>17</v>
       </c>
       <c r="H95" t="s">
         <v>17</v>
       </c>
       <c r="I95" t="s">
         <v>17</v>
       </c>
       <c r="J95" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K95" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96">
         <v>93</v>
       </c>
       <c r="B96" t="s">
-        <v>232</v>
+        <v>255</v>
       </c>
       <c r="C96" t="s">
-        <v>230</v>
+        <v>256</v>
       </c>
       <c r="D96" t="s">
-        <v>231</v>
+        <v>257</v>
       </c>
       <c r="E96" t="s">
         <v>15</v>
       </c>
       <c r="F96" t="s">
         <v>16</v>
       </c>
       <c r="G96" t="s">
         <v>17</v>
       </c>
       <c r="H96" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I96" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J96" t="s">
         <v>22</v>
       </c>
       <c r="K96" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97">
         <v>94</v>
       </c>
       <c r="B97" t="s">
-        <v>233</v>
+        <v>258</v>
       </c>
       <c r="C97" t="s">
-        <v>234</v>
+        <v>259</v>
       </c>
       <c r="D97" t="s">
-        <v>235</v>
+        <v>260</v>
       </c>
       <c r="E97" t="s">
         <v>15</v>
       </c>
       <c r="F97" t="s">
         <v>16</v>
       </c>
       <c r="G97" t="s">
         <v>17</v>
       </c>
       <c r="H97" t="s">
         <v>17</v>
       </c>
       <c r="I97" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J97" t="s">
         <v>22</v>
       </c>
       <c r="K97" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98">
         <v>95</v>
       </c>
       <c r="B98" t="s">
-        <v>236</v>
+        <v>261</v>
       </c>
       <c r="C98" t="s">
-        <v>234</v>
+        <v>262</v>
       </c>
       <c r="D98" t="s">
-        <v>235</v>
+        <v>14</v>
       </c>
       <c r="E98" t="s">
         <v>15</v>
       </c>
       <c r="F98" t="s">
         <v>16</v>
       </c>
       <c r="G98" t="s">
         <v>17</v>
       </c>
       <c r="H98" t="s">
         <v>17</v>
       </c>
       <c r="I98" t="s">
         <v>17</v>
       </c>
       <c r="J98" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K98" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99">
         <v>96</v>
       </c>
       <c r="B99" t="s">
-        <v>237</v>
+        <v>263</v>
       </c>
       <c r="C99" t="s">
-        <v>238</v>
+        <v>264</v>
       </c>
       <c r="D99" t="s">
-        <v>239</v>
+        <v>14</v>
       </c>
       <c r="E99" t="s">
         <v>15</v>
       </c>
       <c r="F99" t="s">
         <v>16</v>
       </c>
       <c r="G99" t="s">
         <v>17</v>
       </c>
       <c r="H99" t="s">
         <v>17</v>
       </c>
       <c r="I99" t="s">
         <v>17</v>
       </c>
       <c r="J99" t="s">
         <v>17</v>
       </c>
       <c r="K99" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100">
         <v>97</v>
       </c>
       <c r="B100" t="s">
-        <v>240</v>
+        <v>265</v>
       </c>
       <c r="C100" t="s">
-        <v>241</v>
+        <v>266</v>
       </c>
       <c r="D100" t="s">
-        <v>242</v>
+        <v>267</v>
       </c>
       <c r="E100" t="s">
         <v>15</v>
       </c>
       <c r="F100" t="s">
         <v>16</v>
       </c>
       <c r="G100" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H100" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I100" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J100" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K100" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101">
         <v>98</v>
       </c>
       <c r="B101" t="s">
-        <v>243</v>
+        <v>268</v>
       </c>
       <c r="C101" t="s">
-        <v>241</v>
+        <v>269</v>
       </c>
       <c r="D101" t="s">
-        <v>242</v>
+        <v>270</v>
       </c>
       <c r="E101" t="s">
         <v>15</v>
       </c>
       <c r="F101" t="s">
         <v>16</v>
       </c>
       <c r="G101" t="s">
         <v>17</v>
       </c>
       <c r="H101" t="s">
         <v>17</v>
       </c>
       <c r="I101" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J101" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K101" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102">
         <v>99</v>
       </c>
       <c r="B102" t="s">
-        <v>244</v>
+        <v>271</v>
       </c>
       <c r="C102" t="s">
-        <v>245</v>
+        <v>272</v>
       </c>
       <c r="D102" t="s">
-        <v>246</v>
+        <v>273</v>
       </c>
       <c r="E102" t="s">
         <v>15</v>
       </c>
       <c r="F102" t="s">
         <v>16</v>
       </c>
       <c r="G102" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H102" t="s">
         <v>22</v>
       </c>
       <c r="I102" t="s">
         <v>22</v>
       </c>
       <c r="J102" t="s">
         <v>22</v>
       </c>
       <c r="K102" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103">
         <v>100</v>
       </c>
       <c r="B103" t="s">
-        <v>247</v>
+        <v>274</v>
       </c>
       <c r="C103" t="s">
-        <v>248</v>
+        <v>275</v>
       </c>
       <c r="D103" t="s">
-        <v>249</v>
+        <v>276</v>
       </c>
       <c r="E103" t="s">
         <v>15</v>
       </c>
       <c r="F103" t="s">
         <v>16</v>
       </c>
       <c r="G103" t="s">
         <v>17</v>
       </c>
       <c r="H103" t="s">
         <v>17</v>
       </c>
       <c r="I103" t="s">
         <v>17</v>
       </c>
       <c r="J103" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K103" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104">
         <v>101</v>
       </c>
       <c r="B104" t="s">
-        <v>250</v>
+        <v>277</v>
       </c>
       <c r="C104" t="s">
-        <v>251</v>
+        <v>278</v>
       </c>
       <c r="D104" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="E104" t="s">
         <v>15</v>
       </c>
       <c r="F104" t="s">
         <v>16</v>
       </c>
       <c r="G104" t="s">
         <v>17</v>
       </c>
       <c r="H104" t="s">
         <v>17</v>
       </c>
       <c r="I104" t="s">
         <v>17</v>
       </c>
       <c r="J104" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K104" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105">
         <v>102</v>
       </c>
       <c r="B105" t="s">
-        <v>252</v>
+        <v>280</v>
       </c>
       <c r="C105" t="s">
-        <v>253</v>
+        <v>281</v>
       </c>
       <c r="D105" t="s">
-        <v>254</v>
+        <v>282</v>
       </c>
       <c r="E105" t="s">
         <v>15</v>
       </c>
       <c r="F105" t="s">
         <v>16</v>
       </c>
       <c r="G105" t="s">
         <v>17</v>
       </c>
       <c r="H105" t="s">
         <v>17</v>
       </c>
       <c r="I105" t="s">
         <v>17</v>
       </c>
       <c r="J105" t="s">
         <v>17</v>
       </c>
       <c r="K105" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106">
         <v>103</v>
       </c>
       <c r="B106" t="s">
-        <v>255</v>
+        <v>283</v>
       </c>
       <c r="C106" t="s">
-        <v>256</v>
+        <v>284</v>
       </c>
       <c r="D106" t="s">
-        <v>257</v>
+        <v>14</v>
       </c>
       <c r="E106" t="s">
         <v>15</v>
       </c>
       <c r="F106" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="G106" t="s">
         <v>17</v>
       </c>
       <c r="H106" t="s">
         <v>17</v>
       </c>
       <c r="I106" t="s">
         <v>17</v>
       </c>
       <c r="J106" t="s">
         <v>17</v>
       </c>
       <c r="K106" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107">
         <v>104</v>
       </c>
       <c r="B107" t="s">
-        <v>258</v>
+        <v>285</v>
       </c>
       <c r="C107" t="s">
-        <v>259</v>
+        <v>284</v>
       </c>
       <c r="D107" t="s">
-        <v>260</v>
+        <v>14</v>
       </c>
       <c r="E107" t="s">
         <v>15</v>
       </c>
       <c r="F107" t="s">
         <v>16</v>
       </c>
       <c r="G107" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H107" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I107" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J107" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K107" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108">
         <v>105</v>
       </c>
       <c r="B108" t="s">
-        <v>261</v>
+        <v>286</v>
       </c>
       <c r="C108" t="s">
-        <v>262</v>
+        <v>287</v>
       </c>
       <c r="D108" t="s">
-        <v>263</v>
+        <v>288</v>
       </c>
       <c r="E108" t="s">
         <v>15</v>
       </c>
       <c r="F108" t="s">
         <v>16</v>
       </c>
       <c r="G108" t="s">
         <v>17</v>
       </c>
       <c r="H108" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I108" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J108" t="s">
         <v>22</v>
       </c>
       <c r="K108" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109">
         <v>106</v>
       </c>
       <c r="B109" t="s">
-        <v>264</v>
+        <v>289</v>
       </c>
       <c r="C109" t="s">
-        <v>265</v>
+        <v>290</v>
       </c>
       <c r="D109" t="s">
-        <v>266</v>
+        <v>291</v>
       </c>
       <c r="E109" t="s">
         <v>15</v>
       </c>
       <c r="F109" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="G109" t="s">
         <v>17</v>
       </c>
       <c r="H109" t="s">
         <v>17</v>
       </c>
       <c r="I109" t="s">
         <v>17</v>
       </c>
       <c r="J109" t="s">
         <v>17</v>
       </c>
       <c r="K109" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110">
         <v>107</v>
       </c>
       <c r="B110" t="s">
-        <v>267</v>
+        <v>292</v>
       </c>
       <c r="C110" t="s">
-        <v>268</v>
+        <v>293</v>
       </c>
       <c r="D110" t="s">
-        <v>269</v>
+        <v>14</v>
       </c>
       <c r="E110" t="s">
         <v>15</v>
       </c>
       <c r="F110" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="G110" t="s">
         <v>17</v>
       </c>
       <c r="H110" t="s">
         <v>17</v>
       </c>
       <c r="I110" t="s">
         <v>17</v>
       </c>
       <c r="J110" t="s">
         <v>17</v>
       </c>
       <c r="K110" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111">
         <v>108</v>
       </c>
       <c r="B111" t="s">
-        <v>270</v>
+        <v>294</v>
       </c>
       <c r="C111" t="s">
-        <v>271</v>
+        <v>295</v>
       </c>
       <c r="D111" t="s">
-        <v>272</v>
+        <v>296</v>
       </c>
       <c r="E111" t="s">
         <v>15</v>
       </c>
       <c r="F111" t="s">
         <v>16</v>
       </c>
       <c r="G111" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H111" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I111" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J111" t="s">
         <v>22</v>
       </c>
       <c r="K111" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112">
         <v>109</v>
       </c>
       <c r="B112" t="s">
-        <v>273</v>
+        <v>297</v>
       </c>
       <c r="C112" t="s">
-        <v>274</v>
+        <v>298</v>
       </c>
       <c r="D112" t="s">
-        <v>275</v>
+        <v>14</v>
       </c>
       <c r="E112" t="s">
         <v>15</v>
       </c>
       <c r="F112" t="s">
         <v>16</v>
       </c>
       <c r="G112" t="s">
         <v>17</v>
       </c>
       <c r="H112" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I112" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J112" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K112" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113">
         <v>110</v>
       </c>
       <c r="B113" t="s">
-        <v>276</v>
+        <v>299</v>
       </c>
       <c r="C113" t="s">
-        <v>277</v>
+        <v>300</v>
       </c>
       <c r="D113" t="s">
-        <v>14</v>
+        <v>301</v>
       </c>
       <c r="E113" t="s">
         <v>15</v>
       </c>
       <c r="F113" t="s">
         <v>16</v>
       </c>
       <c r="G113" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H113" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I113" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J113" t="s">
         <v>22</v>
       </c>
       <c r="K113" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114">
         <v>111</v>
       </c>
       <c r="B114" t="s">
-        <v>278</v>
+        <v>302</v>
       </c>
       <c r="C114" t="s">
-        <v>279</v>
+        <v>303</v>
       </c>
       <c r="D114" t="s">
-        <v>280</v>
+        <v>304</v>
       </c>
       <c r="E114" t="s">
         <v>15</v>
       </c>
       <c r="F114" t="s">
         <v>16</v>
       </c>
       <c r="G114" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H114" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I114" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J114" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K114" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115">
         <v>112</v>
       </c>
       <c r="B115" t="s">
-        <v>281</v>
+        <v>305</v>
       </c>
       <c r="C115" t="s">
-        <v>282</v>
+        <v>306</v>
       </c>
       <c r="D115" t="s">
-        <v>283</v>
+        <v>307</v>
       </c>
       <c r="E115" t="s">
         <v>15</v>
       </c>
       <c r="F115" t="s">
         <v>16</v>
       </c>
       <c r="G115" t="s">
         <v>17</v>
       </c>
       <c r="H115" t="s">
         <v>17</v>
       </c>
       <c r="I115" t="s">
         <v>17</v>
       </c>
       <c r="J115" t="s">
         <v>22</v>
       </c>
       <c r="K115" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116">
         <v>113</v>
       </c>
       <c r="B116" t="s">
-        <v>284</v>
+        <v>308</v>
       </c>
       <c r="C116" t="s">
-        <v>282</v>
+        <v>309</v>
       </c>
       <c r="D116" t="s">
-        <v>283</v>
+        <v>310</v>
       </c>
       <c r="E116" t="s">
         <v>15</v>
       </c>
       <c r="F116" t="s">
         <v>16</v>
       </c>
       <c r="G116" t="s">
         <v>17</v>
       </c>
       <c r="H116" t="s">
         <v>17</v>
       </c>
       <c r="I116" t="s">
         <v>17</v>
       </c>
       <c r="J116" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K116" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117">
         <v>114</v>
       </c>
       <c r="B117" t="s">
-        <v>285</v>
+        <v>311</v>
       </c>
       <c r="C117" t="s">
-        <v>286</v>
+        <v>309</v>
       </c>
       <c r="D117" t="s">
-        <v>287</v>
+        <v>310</v>
       </c>
       <c r="E117" t="s">
         <v>15</v>
       </c>
       <c r="F117" t="s">
         <v>16</v>
       </c>
       <c r="G117" t="s">
         <v>17</v>
       </c>
       <c r="H117" t="s">
         <v>17</v>
       </c>
       <c r="I117" t="s">
         <v>17</v>
       </c>
       <c r="J117" t="s">
         <v>17</v>
       </c>
       <c r="K117" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118">
         <v>115</v>
       </c>
       <c r="B118" t="s">
-        <v>288</v>
+        <v>312</v>
       </c>
       <c r="C118" t="s">
-        <v>286</v>
+        <v>309</v>
       </c>
       <c r="D118" t="s">
-        <v>287</v>
+        <v>310</v>
       </c>
       <c r="E118" t="s">
         <v>15</v>
       </c>
       <c r="F118" t="s">
         <v>16</v>
       </c>
       <c r="G118" t="s">
         <v>17</v>
       </c>
       <c r="H118" t="s">
         <v>17</v>
       </c>
       <c r="I118" t="s">
         <v>17</v>
       </c>
       <c r="J118" t="s">
         <v>17</v>
       </c>
       <c r="K118" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119">
         <v>116</v>
       </c>
       <c r="B119" t="s">
-        <v>289</v>
+        <v>313</v>
       </c>
       <c r="C119" t="s">
-        <v>290</v>
+        <v>314</v>
       </c>
       <c r="D119" t="s">
-        <v>291</v>
+        <v>315</v>
       </c>
       <c r="E119" t="s">
         <v>15</v>
       </c>
       <c r="F119" t="s">
         <v>16</v>
       </c>
       <c r="G119" t="s">
         <v>17</v>
       </c>
       <c r="H119" t="s">
         <v>17</v>
       </c>
       <c r="I119" t="s">
         <v>17</v>
       </c>
       <c r="J119" t="s">
         <v>22</v>
       </c>
       <c r="K119" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120">
         <v>117</v>
       </c>
       <c r="B120" t="s">
-        <v>292</v>
+        <v>316</v>
       </c>
       <c r="C120" t="s">
-        <v>293</v>
+        <v>317</v>
       </c>
       <c r="D120" t="s">
-        <v>294</v>
+        <v>318</v>
       </c>
       <c r="E120" t="s">
         <v>15</v>
       </c>
       <c r="F120" t="s">
         <v>16</v>
       </c>
       <c r="G120" t="s">
         <v>17</v>
       </c>
       <c r="H120" t="s">
         <v>17</v>
       </c>
       <c r="I120" t="s">
         <v>17</v>
       </c>
       <c r="J120" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K120" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121">
         <v>118</v>
       </c>
       <c r="B121" t="s">
-        <v>295</v>
+        <v>319</v>
       </c>
       <c r="C121" t="s">
-        <v>296</v>
+        <v>320</v>
       </c>
       <c r="D121" t="s">
-        <v>275</v>
+        <v>321</v>
       </c>
       <c r="E121" t="s">
         <v>15</v>
       </c>
       <c r="F121" t="s">
         <v>16</v>
       </c>
       <c r="G121" t="s">
         <v>17</v>
       </c>
       <c r="H121" t="s">
         <v>17</v>
       </c>
       <c r="I121" t="s">
         <v>17</v>
       </c>
       <c r="J121" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K121" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122">
         <v>119</v>
       </c>
       <c r="B122" t="s">
-        <v>297</v>
+        <v>322</v>
       </c>
       <c r="C122" t="s">
-        <v>298</v>
+        <v>323</v>
       </c>
       <c r="D122" t="s">
-        <v>299</v>
+        <v>324</v>
       </c>
       <c r="E122" t="s">
         <v>15</v>
       </c>
       <c r="F122" t="s">
         <v>16</v>
       </c>
       <c r="G122" t="s">
         <v>17</v>
       </c>
       <c r="H122" t="s">
         <v>17</v>
       </c>
       <c r="I122" t="s">
         <v>17</v>
       </c>
       <c r="J122" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K122" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123">
         <v>120</v>
       </c>
       <c r="B123" t="s">
-        <v>300</v>
+        <v>325</v>
       </c>
       <c r="C123" t="s">
-        <v>301</v>
+        <v>326</v>
       </c>
       <c r="D123" t="s">
-        <v>14</v>
+        <v>327</v>
       </c>
       <c r="E123" t="s">
         <v>15</v>
       </c>
       <c r="F123" t="s">
         <v>16</v>
       </c>
       <c r="G123" t="s">
         <v>17</v>
       </c>
       <c r="H123" t="s">
         <v>17</v>
       </c>
       <c r="I123" t="s">
         <v>17</v>
       </c>
       <c r="J123" t="s">
         <v>17</v>
       </c>
       <c r="K123" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124">
         <v>121</v>
       </c>
       <c r="B124" t="s">
-        <v>302</v>
+        <v>328</v>
       </c>
       <c r="C124" t="s">
-        <v>303</v>
+        <v>329</v>
       </c>
       <c r="D124" t="s">
-        <v>201</v>
+        <v>330</v>
       </c>
       <c r="E124" t="s">
         <v>15</v>
       </c>
       <c r="F124" t="s">
         <v>16</v>
       </c>
       <c r="G124" t="s">
         <v>17</v>
       </c>
       <c r="H124" t="s">
         <v>17</v>
       </c>
       <c r="I124" t="s">
         <v>17</v>
       </c>
       <c r="J124" t="s">
         <v>17</v>
       </c>
       <c r="K124" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125">
         <v>122</v>
       </c>
       <c r="B125" t="s">
-        <v>304</v>
+        <v>331</v>
       </c>
       <c r="C125" t="s">
-        <v>305</v>
+        <v>332</v>
       </c>
       <c r="D125" t="s">
-        <v>306</v>
+        <v>333</v>
       </c>
       <c r="E125" t="s">
         <v>15</v>
       </c>
       <c r="F125" t="s">
         <v>16</v>
       </c>
       <c r="G125" t="s">
         <v>17</v>
       </c>
       <c r="H125" t="s">
         <v>17</v>
       </c>
       <c r="I125" t="s">
         <v>17</v>
       </c>
       <c r="J125" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K125" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126">
         <v>123</v>
       </c>
       <c r="B126" t="s">
-        <v>307</v>
+        <v>334</v>
       </c>
       <c r="C126" t="s">
-        <v>308</v>
+        <v>335</v>
       </c>
       <c r="D126" t="s">
-        <v>309</v>
+        <v>336</v>
       </c>
       <c r="E126" t="s">
         <v>15</v>
       </c>
       <c r="F126" t="s">
         <v>16</v>
       </c>
       <c r="G126" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H126" t="s">
         <v>22</v>
       </c>
       <c r="I126" t="s">
         <v>22</v>
       </c>
       <c r="J126" t="s">
         <v>22</v>
       </c>
       <c r="K126" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127">
         <v>124</v>
       </c>
       <c r="B127" t="s">
-        <v>310</v>
+        <v>337</v>
       </c>
       <c r="C127" t="s">
-        <v>311</v>
+        <v>338</v>
       </c>
       <c r="D127" t="s">
-        <v>312</v>
+        <v>339</v>
       </c>
       <c r="E127" t="s">
-        <v>313</v>
+        <v>15</v>
       </c>
       <c r="F127" t="s">
         <v>16</v>
       </c>
       <c r="G127" t="s">
         <v>17</v>
       </c>
       <c r="H127" t="s">
         <v>17</v>
       </c>
       <c r="I127" t="s">
         <v>17</v>
       </c>
       <c r="J127" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K127" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128">
         <v>125</v>
       </c>
       <c r="B128" t="s">
-        <v>314</v>
+        <v>340</v>
       </c>
       <c r="C128" t="s">
-        <v>315</v>
+        <v>341</v>
       </c>
       <c r="D128" t="s">
-        <v>316</v>
+        <v>111</v>
       </c>
       <c r="E128" t="s">
         <v>15</v>
       </c>
       <c r="F128" t="s">
         <v>16</v>
       </c>
       <c r="G128" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H128" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I128" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J128" t="s">
         <v>22</v>
       </c>
       <c r="K128" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129">
         <v>126</v>
       </c>
       <c r="B129" t="s">
-        <v>317</v>
+        <v>342</v>
       </c>
       <c r="C129" t="s">
-        <v>318</v>
+        <v>343</v>
       </c>
       <c r="D129" t="s">
-        <v>319</v>
+        <v>344</v>
       </c>
       <c r="E129" t="s">
         <v>15</v>
       </c>
       <c r="F129" t="s">
         <v>16</v>
       </c>
       <c r="G129" t="s">
         <v>17</v>
       </c>
       <c r="H129" t="s">
         <v>17</v>
       </c>
       <c r="I129" t="s">
         <v>17</v>
       </c>
       <c r="J129" t="s">
         <v>17</v>
       </c>
       <c r="K129" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130">
         <v>127</v>
       </c>
       <c r="B130" t="s">
-        <v>320</v>
+        <v>345</v>
       </c>
       <c r="C130" t="s">
-        <v>321</v>
+        <v>346</v>
       </c>
       <c r="D130" t="s">
-        <v>14</v>
+        <v>230</v>
       </c>
       <c r="E130" t="s">
         <v>15</v>
       </c>
       <c r="F130" t="s">
         <v>16</v>
       </c>
       <c r="G130" t="s">
         <v>17</v>
       </c>
       <c r="H130" t="s">
         <v>17</v>
       </c>
       <c r="I130" t="s">
         <v>17</v>
       </c>
       <c r="J130" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K130" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131">
         <v>128</v>
       </c>
       <c r="B131" t="s">
-        <v>322</v>
+        <v>347</v>
       </c>
       <c r="C131" t="s">
-        <v>323</v>
+        <v>348</v>
       </c>
       <c r="D131" t="s">
-        <v>324</v>
+        <v>349</v>
       </c>
       <c r="E131" t="s">
         <v>15</v>
       </c>
       <c r="F131" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="G131" t="s">
         <v>17</v>
       </c>
       <c r="H131" t="s">
         <v>17</v>
       </c>
       <c r="I131" t="s">
         <v>17</v>
       </c>
       <c r="J131" t="s">
         <v>17</v>
       </c>
       <c r="K131" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132">
         <v>129</v>
       </c>
       <c r="B132" t="s">
-        <v>325</v>
+        <v>350</v>
       </c>
       <c r="C132" t="s">
-        <v>326</v>
+        <v>351</v>
       </c>
       <c r="D132" t="s">
-        <v>14</v>
+        <v>307</v>
       </c>
       <c r="E132" t="s">
         <v>15</v>
       </c>
       <c r="F132" t="s">
         <v>16</v>
       </c>
       <c r="G132" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H132" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I132" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J132" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K132" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133">
         <v>130</v>
       </c>
       <c r="B133" t="s">
-        <v>327</v>
+        <v>352</v>
       </c>
       <c r="C133" t="s">
-        <v>326</v>
+        <v>353</v>
       </c>
       <c r="D133" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="E133" t="s">
         <v>15</v>
       </c>
       <c r="F133" t="s">
         <v>16</v>
       </c>
       <c r="G133" t="s">
         <v>17</v>
       </c>
       <c r="H133" t="s">
         <v>17</v>
       </c>
       <c r="I133" t="s">
         <v>17</v>
       </c>
       <c r="J133" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K133" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134">
         <v>131</v>
       </c>
       <c r="B134" t="s">
-        <v>328</v>
+        <v>354</v>
       </c>
       <c r="C134" t="s">
-        <v>329</v>
+        <v>355</v>
       </c>
       <c r="D134" t="s">
-        <v>330</v>
+        <v>356</v>
       </c>
       <c r="E134" t="s">
         <v>15</v>
       </c>
       <c r="F134" t="s">
         <v>16</v>
       </c>
       <c r="G134" t="s">
         <v>17</v>
       </c>
       <c r="H134" t="s">
         <v>17</v>
       </c>
       <c r="I134" t="s">
         <v>17</v>
       </c>
       <c r="J134" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K134" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135">
         <v>132</v>
       </c>
       <c r="B135" t="s">
-        <v>331</v>
+        <v>357</v>
       </c>
       <c r="C135" t="s">
-        <v>332</v>
+        <v>358</v>
       </c>
       <c r="D135" t="s">
-        <v>333</v>
+        <v>359</v>
       </c>
       <c r="E135" t="s">
         <v>15</v>
       </c>
       <c r="F135" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G135" t="s">
         <v>17</v>
       </c>
       <c r="H135" t="s">
         <v>17</v>
       </c>
       <c r="I135" t="s">
         <v>17</v>
       </c>
       <c r="J135" t="s">
         <v>17</v>
       </c>
       <c r="K135" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136">
         <v>133</v>
       </c>
       <c r="B136" t="s">
-        <v>334</v>
+        <v>360</v>
       </c>
       <c r="C136" t="s">
-        <v>335</v>
+        <v>361</v>
       </c>
       <c r="D136" t="s">
-        <v>336</v>
+        <v>362</v>
       </c>
       <c r="E136" t="s">
         <v>15</v>
       </c>
       <c r="F136" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="G136" t="s">
         <v>17</v>
       </c>
       <c r="H136" t="s">
         <v>17</v>
       </c>
       <c r="I136" t="s">
         <v>17</v>
       </c>
       <c r="J136" t="s">
         <v>17</v>
       </c>
       <c r="K136" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137">
         <v>134</v>
       </c>
       <c r="B137" t="s">
-        <v>337</v>
+        <v>363</v>
       </c>
       <c r="C137" t="s">
-        <v>335</v>
+        <v>364</v>
       </c>
       <c r="D137" t="s">
-        <v>336</v>
+        <v>365</v>
       </c>
       <c r="E137" t="s">
         <v>15</v>
       </c>
       <c r="F137" t="s">
         <v>16</v>
       </c>
       <c r="G137" t="s">
         <v>17</v>
       </c>
       <c r="H137" t="s">
         <v>17</v>
       </c>
       <c r="I137" t="s">
         <v>17</v>
       </c>
       <c r="J137" t="s">
         <v>17</v>
       </c>
       <c r="K137" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138">
         <v>135</v>
       </c>
       <c r="B138" t="s">
-        <v>338</v>
+        <v>366</v>
       </c>
       <c r="C138" t="s">
-        <v>339</v>
+        <v>367</v>
       </c>
       <c r="D138" t="s">
-        <v>340</v>
+        <v>368</v>
       </c>
       <c r="E138" t="s">
         <v>15</v>
       </c>
       <c r="F138" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="G138" t="s">
         <v>17</v>
       </c>
       <c r="H138" t="s">
         <v>17</v>
       </c>
       <c r="I138" t="s">
         <v>17</v>
       </c>
       <c r="J138" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K138" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139">
         <v>136</v>
       </c>
       <c r="B139" t="s">
-        <v>341</v>
+        <v>369</v>
       </c>
       <c r="C139" t="s">
-        <v>342</v>
+        <v>370</v>
       </c>
       <c r="D139" t="s">
-        <v>343</v>
+        <v>371</v>
       </c>
       <c r="E139" t="s">
         <v>15</v>
       </c>
       <c r="F139" t="s">
         <v>16</v>
       </c>
       <c r="G139" t="s">
         <v>17</v>
       </c>
       <c r="H139" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I139" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J139" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K139" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140">
         <v>137</v>
       </c>
       <c r="B140" t="s">
-        <v>344</v>
+        <v>372</v>
       </c>
       <c r="C140" t="s">
-        <v>345</v>
+        <v>373</v>
       </c>
       <c r="D140" t="s">
-        <v>346</v>
+        <v>14</v>
       </c>
       <c r="E140" t="s">
         <v>15</v>
       </c>
       <c r="F140" t="s">
         <v>16</v>
       </c>
       <c r="G140" t="s">
         <v>17</v>
       </c>
       <c r="H140" t="s">
         <v>17</v>
       </c>
       <c r="I140" t="s">
         <v>17</v>
       </c>
       <c r="J140" t="s">
         <v>17</v>
       </c>
       <c r="K140" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141">
         <v>138</v>
       </c>
       <c r="B141" t="s">
-        <v>347</v>
+        <v>374</v>
       </c>
       <c r="C141" t="s">
-        <v>348</v>
+        <v>373</v>
       </c>
       <c r="D141" t="s">
         <v>14</v>
       </c>
       <c r="E141" t="s">
         <v>15</v>
       </c>
       <c r="F141" t="s">
         <v>16</v>
       </c>
       <c r="G141" t="s">
         <v>17</v>
       </c>
       <c r="H141" t="s">
         <v>17</v>
       </c>
       <c r="I141" t="s">
         <v>17</v>
       </c>
       <c r="J141" t="s">
         <v>17</v>
       </c>
       <c r="K141" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142">
         <v>139</v>
       </c>
       <c r="B142" t="s">
-        <v>349</v>
+        <v>375</v>
       </c>
       <c r="C142" t="s">
-        <v>348</v>
+        <v>376</v>
       </c>
       <c r="D142" t="s">
         <v>14</v>
       </c>
       <c r="E142" t="s">
         <v>15</v>
       </c>
       <c r="F142" t="s">
         <v>16</v>
       </c>
       <c r="G142" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H142" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I142" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J142" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K142" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143">
         <v>140</v>
       </c>
       <c r="B143" t="s">
-        <v>350</v>
+        <v>377</v>
       </c>
       <c r="C143" t="s">
-        <v>351</v>
+        <v>378</v>
       </c>
       <c r="D143" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="E143" t="s">
         <v>15</v>
       </c>
       <c r="F143" t="s">
         <v>16</v>
       </c>
       <c r="G143" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H143" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I143" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J143" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K143" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144">
         <v>141</v>
       </c>
       <c r="B144" t="s">
-        <v>353</v>
+        <v>380</v>
       </c>
       <c r="C144" t="s">
-        <v>354</v>
+        <v>381</v>
       </c>
       <c r="D144" t="s">
-        <v>355</v>
+        <v>382</v>
       </c>
       <c r="E144" t="s">
         <v>15</v>
       </c>
       <c r="F144" t="s">
         <v>16</v>
       </c>
       <c r="G144" t="s">
         <v>17</v>
       </c>
       <c r="H144" t="s">
         <v>17</v>
       </c>
       <c r="I144" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J144" t="s">
         <v>22</v>
       </c>
       <c r="K144" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145">
         <v>142</v>
       </c>
       <c r="B145" t="s">
-        <v>356</v>
+        <v>383</v>
       </c>
       <c r="C145" t="s">
-        <v>357</v>
+        <v>384</v>
       </c>
       <c r="D145" t="s">
-        <v>358</v>
+        <v>385</v>
       </c>
       <c r="E145" t="s">
         <v>15</v>
       </c>
       <c r="F145" t="s">
         <v>16</v>
       </c>
       <c r="G145" t="s">
         <v>17</v>
       </c>
       <c r="H145" t="s">
         <v>17</v>
       </c>
       <c r="I145" t="s">
         <v>17</v>
       </c>
       <c r="J145" t="s">
         <v>17</v>
       </c>
       <c r="K145" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146">
         <v>143</v>
       </c>
       <c r="B146" t="s">
-        <v>359</v>
+        <v>386</v>
       </c>
       <c r="C146" t="s">
-        <v>360</v>
+        <v>387</v>
       </c>
       <c r="D146" t="s">
-        <v>14</v>
+        <v>388</v>
       </c>
       <c r="E146" t="s">
         <v>15</v>
       </c>
       <c r="F146" t="s">
         <v>16</v>
       </c>
       <c r="G146" t="s">
         <v>17</v>
       </c>
       <c r="H146" t="s">
         <v>17</v>
       </c>
       <c r="I146" t="s">
         <v>17</v>
       </c>
       <c r="J146" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K146" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147">
         <v>144</v>
       </c>
       <c r="B147" t="s">
-        <v>361</v>
+        <v>389</v>
       </c>
       <c r="C147" t="s">
-        <v>362</v>
+        <v>390</v>
       </c>
       <c r="D147" t="s">
-        <v>363</v>
+        <v>391</v>
       </c>
       <c r="E147" t="s">
         <v>15</v>
       </c>
       <c r="F147" t="s">
         <v>16</v>
       </c>
       <c r="G147" t="s">
         <v>17</v>
       </c>
       <c r="H147" t="s">
         <v>17</v>
       </c>
       <c r="I147" t="s">
         <v>17</v>
       </c>
       <c r="J147" t="s">
         <v>17</v>
       </c>
       <c r="K147" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148">
         <v>145</v>
       </c>
       <c r="B148" t="s">
-        <v>364</v>
+        <v>392</v>
       </c>
       <c r="C148" t="s">
-        <v>365</v>
+        <v>393</v>
       </c>
       <c r="D148" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="E148" t="s">
         <v>15</v>
       </c>
       <c r="F148" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="G148" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H148" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I148" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J148" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K148" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149">
         <v>146</v>
       </c>
       <c r="B149" t="s">
-        <v>367</v>
+        <v>394</v>
       </c>
       <c r="C149" t="s">
-        <v>368</v>
+        <v>395</v>
       </c>
       <c r="D149" t="s">
-        <v>369</v>
+        <v>396</v>
       </c>
       <c r="E149" t="s">
         <v>15</v>
       </c>
       <c r="F149" t="s">
         <v>16</v>
       </c>
       <c r="G149" t="s">
         <v>17</v>
       </c>
       <c r="H149" t="s">
         <v>17</v>
       </c>
       <c r="I149" t="s">
         <v>17</v>
       </c>
       <c r="J149" t="s">
         <v>17</v>
       </c>
       <c r="K149" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150">
         <v>147</v>
       </c>
       <c r="B150" t="s">
-        <v>370</v>
+        <v>397</v>
       </c>
       <c r="C150" t="s">
-        <v>368</v>
+        <v>398</v>
       </c>
       <c r="D150" t="s">
-        <v>369</v>
+        <v>399</v>
       </c>
       <c r="E150" t="s">
         <v>15</v>
       </c>
       <c r="F150" t="s">
         <v>16</v>
       </c>
       <c r="G150" t="s">
         <v>17</v>
       </c>
       <c r="H150" t="s">
         <v>17</v>
       </c>
       <c r="I150" t="s">
         <v>17</v>
       </c>
       <c r="J150" t="s">
         <v>17</v>
       </c>
       <c r="K150" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151">
         <v>148</v>
       </c>
       <c r="B151" t="s">
-        <v>371</v>
+        <v>400</v>
       </c>
       <c r="C151" t="s">
-        <v>372</v>
+        <v>401</v>
       </c>
       <c r="D151" t="s">
-        <v>246</v>
+        <v>270</v>
       </c>
       <c r="E151" t="s">
         <v>15</v>
       </c>
       <c r="F151" t="s">
         <v>16</v>
       </c>
       <c r="G151" t="s">
         <v>17</v>
       </c>
       <c r="H151" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I151" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J151" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K151" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152">
         <v>149</v>
       </c>
       <c r="B152" t="s">
-        <v>373</v>
+        <v>402</v>
       </c>
       <c r="C152" t="s">
-        <v>374</v>
+        <v>403</v>
       </c>
       <c r="D152" t="s">
         <v>14</v>
       </c>
       <c r="E152" t="s">
         <v>15</v>
       </c>
       <c r="F152" t="s">
         <v>16</v>
       </c>
       <c r="G152" t="s">
         <v>17</v>
       </c>
       <c r="H152" t="s">
         <v>17</v>
       </c>
       <c r="I152" t="s">
         <v>17</v>
       </c>
       <c r="J152" t="s">
         <v>17</v>
       </c>
       <c r="K152" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153">
         <v>150</v>
       </c>
       <c r="B153" t="s">
-        <v>375</v>
+        <v>404</v>
       </c>
       <c r="C153" t="s">
-        <v>376</v>
+        <v>405</v>
       </c>
       <c r="D153" t="s">
-        <v>287</v>
+        <v>406</v>
       </c>
       <c r="E153" t="s">
         <v>15</v>
       </c>
       <c r="F153" t="s">
         <v>16</v>
       </c>
       <c r="G153" t="s">
         <v>17</v>
       </c>
       <c r="H153" t="s">
         <v>17</v>
       </c>
       <c r="I153" t="s">
         <v>17</v>
       </c>
       <c r="J153" t="s">
         <v>17</v>
       </c>
       <c r="K153" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154">
         <v>151</v>
       </c>
       <c r="B154" t="s">
-        <v>377</v>
+        <v>407</v>
       </c>
       <c r="C154" t="s">
-        <v>378</v>
+        <v>408</v>
       </c>
       <c r="D154" t="s">
-        <v>379</v>
+        <v>409</v>
       </c>
       <c r="E154" t="s">
         <v>15</v>
       </c>
       <c r="F154" t="s">
         <v>16</v>
       </c>
       <c r="G154" t="s">
         <v>17</v>
       </c>
       <c r="H154" t="s">
         <v>17</v>
       </c>
       <c r="I154" t="s">
         <v>17</v>
       </c>
       <c r="J154" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K154" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155">
         <v>152</v>
       </c>
       <c r="B155" t="s">
-        <v>380</v>
+        <v>410</v>
       </c>
       <c r="C155" t="s">
-        <v>381</v>
+        <v>411</v>
       </c>
       <c r="D155" t="s">
-        <v>382</v>
+        <v>412</v>
       </c>
       <c r="E155" t="s">
         <v>15</v>
       </c>
       <c r="F155" t="s">
         <v>16</v>
       </c>
       <c r="G155" t="s">
         <v>17</v>
       </c>
       <c r="H155" t="s">
         <v>17</v>
       </c>
       <c r="I155" t="s">
         <v>17</v>
       </c>
       <c r="J155" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K155" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156">
         <v>153</v>
       </c>
       <c r="B156" t="s">
-        <v>383</v>
+        <v>413</v>
       </c>
       <c r="C156" t="s">
-        <v>384</v>
+        <v>414</v>
       </c>
       <c r="D156" t="s">
-        <v>385</v>
+        <v>14</v>
       </c>
       <c r="E156" t="s">
         <v>15</v>
       </c>
       <c r="F156" t="s">
         <v>16</v>
       </c>
       <c r="G156" t="s">
         <v>17</v>
       </c>
       <c r="H156" t="s">
         <v>17</v>
       </c>
       <c r="I156" t="s">
         <v>17</v>
       </c>
       <c r="J156" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K156" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157">
         <v>154</v>
       </c>
       <c r="B157" t="s">
-        <v>386</v>
+        <v>415</v>
       </c>
       <c r="C157" t="s">
-        <v>387</v>
+        <v>416</v>
       </c>
       <c r="D157" t="s">
-        <v>388</v>
+        <v>417</v>
       </c>
       <c r="E157" t="s">
         <v>15</v>
       </c>
       <c r="F157" t="s">
         <v>16</v>
       </c>
       <c r="G157" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H157" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I157" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J157" t="s">
         <v>22</v>
       </c>
       <c r="K157" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158">
         <v>155</v>
       </c>
       <c r="B158" t="s">
-        <v>389</v>
+        <v>418</v>
       </c>
       <c r="C158" t="s">
-        <v>390</v>
+        <v>419</v>
       </c>
       <c r="D158" t="s">
-        <v>391</v>
+        <v>420</v>
       </c>
       <c r="E158" t="s">
-        <v>15</v>
+        <v>421</v>
       </c>
       <c r="F158" t="s">
         <v>16</v>
       </c>
       <c r="G158" t="s">
         <v>17</v>
       </c>
       <c r="H158" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I158" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J158" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K158" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159">
         <v>156</v>
       </c>
       <c r="B159" t="s">
-        <v>392</v>
+        <v>422</v>
       </c>
       <c r="C159" t="s">
-        <v>393</v>
+        <v>423</v>
       </c>
       <c r="D159" t="s">
-        <v>14</v>
+        <v>424</v>
       </c>
       <c r="E159" t="s">
         <v>15</v>
       </c>
       <c r="F159" t="s">
         <v>16</v>
       </c>
       <c r="G159" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H159" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I159" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J159" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K159" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160">
         <v>157</v>
       </c>
       <c r="B160" t="s">
-        <v>394</v>
+        <v>425</v>
       </c>
       <c r="C160" t="s">
-        <v>395</v>
+        <v>426</v>
       </c>
       <c r="D160" t="s">
-        <v>275</v>
+        <v>427</v>
       </c>
       <c r="E160" t="s">
         <v>15</v>
       </c>
       <c r="F160" t="s">
         <v>16</v>
       </c>
       <c r="G160" t="s">
         <v>17</v>
       </c>
       <c r="H160" t="s">
         <v>17</v>
       </c>
       <c r="I160" t="s">
         <v>17</v>
       </c>
       <c r="J160" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K160" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161">
         <v>158</v>
       </c>
       <c r="B161" t="s">
-        <v>396</v>
+        <v>428</v>
       </c>
       <c r="C161" t="s">
-        <v>395</v>
+        <v>429</v>
       </c>
       <c r="D161" t="s">
-        <v>275</v>
+        <v>430</v>
       </c>
       <c r="E161" t="s">
         <v>15</v>
       </c>
       <c r="F161" t="s">
         <v>16</v>
       </c>
       <c r="G161" t="s">
         <v>17</v>
       </c>
       <c r="H161" t="s">
         <v>17</v>
       </c>
       <c r="I161" t="s">
         <v>17</v>
       </c>
       <c r="J161" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K161" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162">
         <v>159</v>
       </c>
       <c r="B162" t="s">
-        <v>397</v>
+        <v>431</v>
       </c>
       <c r="C162" t="s">
-        <v>398</v>
+        <v>432</v>
       </c>
       <c r="D162" t="s">
-        <v>14</v>
+        <v>433</v>
       </c>
       <c r="E162" t="s">
         <v>15</v>
       </c>
       <c r="F162" t="s">
         <v>16</v>
       </c>
       <c r="G162" t="s">
         <v>17</v>
       </c>
       <c r="H162" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I162" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J162" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K162" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163">
         <v>160</v>
       </c>
       <c r="B163" t="s">
-        <v>399</v>
+        <v>434</v>
       </c>
       <c r="C163" t="s">
-        <v>400</v>
+        <v>435</v>
       </c>
       <c r="D163" t="s">
-        <v>104</v>
+        <v>436</v>
       </c>
       <c r="E163" t="s">
         <v>15</v>
       </c>
       <c r="F163" t="s">
         <v>16</v>
       </c>
       <c r="G163" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H163" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I163" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J163" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K163" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164">
         <v>161</v>
       </c>
       <c r="B164" t="s">
-        <v>401</v>
+        <v>437</v>
       </c>
       <c r="C164" t="s">
-        <v>402</v>
+        <v>438</v>
       </c>
       <c r="D164" t="s">
-        <v>403</v>
+        <v>439</v>
       </c>
       <c r="E164" t="s">
         <v>15</v>
       </c>
       <c r="F164" t="s">
         <v>16</v>
       </c>
       <c r="G164" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H164" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I164" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J164" t="s">
         <v>22</v>
       </c>
       <c r="K164" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165">
         <v>162</v>
       </c>
       <c r="B165" t="s">
-        <v>404</v>
+        <v>440</v>
       </c>
       <c r="C165" t="s">
-        <v>405</v>
+        <v>441</v>
       </c>
       <c r="D165" t="s">
-        <v>14</v>
+        <v>442</v>
       </c>
       <c r="E165" t="s">
         <v>15</v>
       </c>
       <c r="F165" t="s">
         <v>16</v>
       </c>
       <c r="G165" t="s">
         <v>17</v>
       </c>
       <c r="H165" t="s">
         <v>17</v>
       </c>
       <c r="I165" t="s">
         <v>17</v>
       </c>
       <c r="J165" t="s">
         <v>17</v>
       </c>
       <c r="K165" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166">
         <v>163</v>
       </c>
       <c r="B166" t="s">
-        <v>406</v>
+        <v>443</v>
       </c>
       <c r="C166" t="s">
-        <v>407</v>
+        <v>441</v>
       </c>
       <c r="D166" t="s">
-        <v>408</v>
+        <v>442</v>
       </c>
       <c r="E166" t="s">
         <v>15</v>
       </c>
       <c r="F166" t="s">
         <v>16</v>
       </c>
       <c r="G166" t="s">
         <v>17</v>
       </c>
       <c r="H166" t="s">
         <v>17</v>
       </c>
       <c r="I166" t="s">
         <v>17</v>
       </c>
       <c r="J166" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K166" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167">
         <v>164</v>
       </c>
       <c r="B167" t="s">
-        <v>409</v>
+        <v>444</v>
       </c>
       <c r="C167" t="s">
-        <v>410</v>
+        <v>445</v>
       </c>
       <c r="D167" t="s">
-        <v>411</v>
+        <v>446</v>
       </c>
       <c r="E167" t="s">
         <v>15</v>
       </c>
       <c r="F167" t="s">
         <v>16</v>
       </c>
       <c r="G167" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H167" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I167" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J167" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K167" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168">
         <v>165</v>
       </c>
       <c r="B168" t="s">
-        <v>412</v>
+        <v>447</v>
       </c>
       <c r="C168" t="s">
-        <v>413</v>
+        <v>448</v>
       </c>
       <c r="D168" t="s">
-        <v>14</v>
+        <v>449</v>
       </c>
       <c r="E168" t="s">
         <v>15</v>
       </c>
       <c r="F168" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="G168" t="s">
         <v>17</v>
       </c>
       <c r="H168" t="s">
         <v>17</v>
       </c>
       <c r="I168" t="s">
         <v>17</v>
       </c>
       <c r="J168" t="s">
         <v>17</v>
       </c>
       <c r="K168" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169">
         <v>166</v>
       </c>
       <c r="B169" t="s">
-        <v>414</v>
+        <v>450</v>
       </c>
       <c r="C169" t="s">
-        <v>415</v>
+        <v>451</v>
       </c>
       <c r="D169" t="s">
-        <v>416</v>
+        <v>452</v>
       </c>
       <c r="E169" t="s">
         <v>15</v>
       </c>
       <c r="F169" t="s">
         <v>16</v>
       </c>
       <c r="G169" t="s">
         <v>17</v>
       </c>
       <c r="H169" t="s">
         <v>17</v>
       </c>
       <c r="I169" t="s">
         <v>17</v>
       </c>
       <c r="J169" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K169" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170">
         <v>167</v>
       </c>
       <c r="B170" t="s">
-        <v>417</v>
+        <v>453</v>
       </c>
       <c r="C170" t="s">
-        <v>418</v>
+        <v>454</v>
       </c>
       <c r="D170" t="s">
-        <v>419</v>
+        <v>455</v>
       </c>
       <c r="E170" t="s">
         <v>15</v>
       </c>
       <c r="F170" t="s">
         <v>16</v>
       </c>
       <c r="G170" t="s">
         <v>17</v>
       </c>
       <c r="H170" t="s">
         <v>17</v>
       </c>
       <c r="I170" t="s">
         <v>17</v>
       </c>
       <c r="J170" t="s">
         <v>17</v>
       </c>
       <c r="K170" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171">
         <v>168</v>
       </c>
       <c r="B171" t="s">
-        <v>420</v>
+        <v>456</v>
       </c>
       <c r="C171" t="s">
-        <v>421</v>
+        <v>457</v>
       </c>
       <c r="D171" t="s">
-        <v>422</v>
+        <v>458</v>
       </c>
       <c r="E171" t="s">
         <v>15</v>
       </c>
       <c r="F171" t="s">
         <v>16</v>
       </c>
       <c r="G171" t="s">
         <v>17</v>
       </c>
       <c r="H171" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I171" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J171" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K171" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172">
         <v>169</v>
       </c>
       <c r="B172" t="s">
-        <v>423</v>
+        <v>459</v>
       </c>
       <c r="C172" t="s">
-        <v>421</v>
+        <v>460</v>
       </c>
       <c r="D172" t="s">
-        <v>422</v>
+        <v>14</v>
       </c>
       <c r="E172" t="s">
         <v>15</v>
       </c>
       <c r="F172" t="s">
         <v>16</v>
       </c>
       <c r="G172" t="s">
         <v>17</v>
       </c>
       <c r="H172" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I172" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J172" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K172" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173">
         <v>170</v>
       </c>
       <c r="B173" t="s">
-        <v>424</v>
+        <v>461</v>
       </c>
       <c r="C173" t="s">
-        <v>425</v>
+        <v>460</v>
       </c>
       <c r="D173" t="s">
         <v>14</v>
       </c>
       <c r="E173" t="s">
         <v>15</v>
       </c>
       <c r="F173" t="s">
         <v>16</v>
       </c>
       <c r="G173" t="s">
         <v>17</v>
       </c>
       <c r="H173" t="s">
         <v>17</v>
       </c>
       <c r="I173" t="s">
         <v>17</v>
       </c>
       <c r="J173" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K173" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174">
         <v>171</v>
       </c>
       <c r="B174" t="s">
-        <v>426</v>
+        <v>462</v>
       </c>
       <c r="C174" t="s">
-        <v>427</v>
+        <v>463</v>
       </c>
       <c r="D174" t="s">
-        <v>428</v>
+        <v>464</v>
       </c>
       <c r="E174" t="s">
         <v>15</v>
       </c>
       <c r="F174" t="s">
         <v>16</v>
       </c>
       <c r="G174" t="s">
         <v>17</v>
       </c>
       <c r="H174" t="s">
         <v>17</v>
       </c>
       <c r="I174" t="s">
         <v>17</v>
       </c>
       <c r="J174" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K174" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175">
         <v>172</v>
       </c>
       <c r="B175" t="s">
-        <v>429</v>
+        <v>465</v>
       </c>
       <c r="C175" t="s">
-        <v>430</v>
+        <v>466</v>
       </c>
       <c r="D175" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="E175" t="s">
         <v>15</v>
       </c>
       <c r="F175" t="s">
         <v>16</v>
       </c>
       <c r="G175" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H175" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I175" t="s">
         <v>22</v>
       </c>
       <c r="J175" t="s">
         <v>22</v>
       </c>
       <c r="K175" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176">
         <v>173</v>
       </c>
       <c r="B176" t="s">
-        <v>431</v>
+        <v>467</v>
       </c>
       <c r="C176" t="s">
-        <v>432</v>
+        <v>468</v>
       </c>
       <c r="D176" t="s">
-        <v>14</v>
+        <v>469</v>
       </c>
       <c r="E176" t="s">
         <v>15</v>
       </c>
       <c r="F176" t="s">
         <v>16</v>
       </c>
       <c r="G176" t="s">
         <v>17</v>
       </c>
       <c r="H176" t="s">
         <v>17</v>
       </c>
       <c r="I176" t="s">
         <v>17</v>
       </c>
       <c r="J176" t="s">
         <v>17</v>
       </c>
       <c r="K176" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177">
         <v>174</v>
       </c>
       <c r="B177" t="s">
-        <v>433</v>
+        <v>470</v>
       </c>
       <c r="C177" t="s">
-        <v>432</v>
+        <v>471</v>
       </c>
       <c r="D177" t="s">
-        <v>14</v>
+        <v>472</v>
       </c>
       <c r="E177" t="s">
         <v>15</v>
       </c>
       <c r="F177" t="s">
         <v>16</v>
       </c>
       <c r="G177" t="s">
         <v>17</v>
       </c>
       <c r="H177" t="s">
         <v>17</v>
       </c>
       <c r="I177" t="s">
         <v>17</v>
       </c>
       <c r="J177" t="s">
         <v>17</v>
       </c>
       <c r="K177" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178">
         <v>175</v>
       </c>
       <c r="B178" t="s">
-        <v>434</v>
+        <v>473</v>
       </c>
       <c r="C178" t="s">
-        <v>432</v>
+        <v>474</v>
       </c>
       <c r="D178" t="s">
         <v>14</v>
       </c>
       <c r="E178" t="s">
         <v>15</v>
       </c>
       <c r="F178" t="s">
         <v>16</v>
       </c>
       <c r="G178" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H178" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I178" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J178" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K178" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179">
         <v>176</v>
       </c>
       <c r="B179" t="s">
-        <v>435</v>
+        <v>475</v>
       </c>
       <c r="C179" t="s">
-        <v>436</v>
+        <v>476</v>
       </c>
       <c r="D179" t="s">
-        <v>437</v>
+        <v>477</v>
       </c>
       <c r="E179" t="s">
         <v>15</v>
       </c>
       <c r="F179" t="s">
         <v>16</v>
       </c>
       <c r="G179" t="s">
         <v>17</v>
       </c>
       <c r="H179" t="s">
         <v>17</v>
       </c>
       <c r="I179" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J179" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K179" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180">
         <v>177</v>
       </c>
       <c r="B180" t="s">
-        <v>438</v>
+        <v>478</v>
       </c>
       <c r="C180" t="s">
-        <v>439</v>
+        <v>479</v>
       </c>
       <c r="D180" t="s">
-        <v>440</v>
+        <v>480</v>
       </c>
       <c r="E180" t="s">
         <v>15</v>
       </c>
       <c r="F180" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="G180" t="s">
         <v>22</v>
       </c>
       <c r="H180" t="s">
         <v>22</v>
       </c>
       <c r="I180" t="s">
         <v>22</v>
       </c>
       <c r="J180" t="s">
         <v>22</v>
       </c>
       <c r="K180" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181">
         <v>178</v>
       </c>
       <c r="B181" t="s">
-        <v>441</v>
+        <v>481</v>
       </c>
       <c r="C181" t="s">
-        <v>442</v>
+        <v>482</v>
       </c>
       <c r="D181" t="s">
-        <v>14</v>
+        <v>483</v>
       </c>
       <c r="E181" t="s">
         <v>15</v>
       </c>
       <c r="F181" t="s">
         <v>16</v>
       </c>
       <c r="G181" t="s">
         <v>17</v>
       </c>
       <c r="H181" t="s">
         <v>17</v>
       </c>
       <c r="I181" t="s">
         <v>17</v>
       </c>
       <c r="J181" t="s">
         <v>17</v>
       </c>
       <c r="K181" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182">
         <v>179</v>
       </c>
       <c r="B182" t="s">
-        <v>443</v>
+        <v>484</v>
       </c>
       <c r="C182" t="s">
-        <v>444</v>
+        <v>485</v>
       </c>
       <c r="D182" t="s">
-        <v>445</v>
+        <v>336</v>
       </c>
       <c r="E182" t="s">
         <v>15</v>
       </c>
       <c r="F182" t="s">
         <v>16</v>
       </c>
       <c r="G182" t="s">
         <v>17</v>
       </c>
       <c r="H182" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I182" t="s">
         <v>22</v>
       </c>
       <c r="J182" t="s">
         <v>22</v>
       </c>
       <c r="K182" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183">
         <v>180</v>
       </c>
       <c r="B183" t="s">
-        <v>446</v>
+        <v>486</v>
       </c>
       <c r="C183" t="s">
-        <v>447</v>
+        <v>487</v>
       </c>
       <c r="D183" t="s">
-        <v>448</v>
+        <v>488</v>
       </c>
       <c r="E183" t="s">
         <v>15</v>
       </c>
       <c r="F183" t="s">
         <v>16</v>
       </c>
       <c r="G183" t="s">
         <v>17</v>
       </c>
       <c r="H183" t="s">
         <v>17</v>
       </c>
       <c r="I183" t="s">
         <v>17</v>
       </c>
       <c r="J183" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K183" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184">
         <v>181</v>
       </c>
       <c r="B184" t="s">
-        <v>449</v>
+        <v>489</v>
       </c>
       <c r="C184" t="s">
-        <v>450</v>
+        <v>490</v>
       </c>
       <c r="D184" t="s">
-        <v>385</v>
+        <v>491</v>
       </c>
       <c r="E184" t="s">
         <v>15</v>
       </c>
       <c r="F184" t="s">
         <v>16</v>
       </c>
       <c r="G184" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H184" t="s">
         <v>22</v>
       </c>
       <c r="I184" t="s">
         <v>22</v>
       </c>
       <c r="J184" t="s">
         <v>22</v>
       </c>
       <c r="K184" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185">
         <v>182</v>
       </c>
       <c r="B185" t="s">
-        <v>451</v>
+        <v>492</v>
       </c>
       <c r="C185" t="s">
-        <v>452</v>
+        <v>493</v>
       </c>
       <c r="D185" t="s">
-        <v>453</v>
+        <v>385</v>
       </c>
       <c r="E185" t="s">
         <v>15</v>
       </c>
       <c r="F185" t="s">
         <v>16</v>
       </c>
       <c r="G185" t="s">
         <v>17</v>
       </c>
       <c r="H185" t="s">
         <v>17</v>
       </c>
       <c r="I185" t="s">
         <v>17</v>
       </c>
       <c r="J185" t="s">
         <v>17</v>
       </c>
       <c r="K185" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186">
         <v>183</v>
       </c>
       <c r="B186" t="s">
-        <v>454</v>
+        <v>494</v>
       </c>
       <c r="C186" t="s">
-        <v>452</v>
+        <v>495</v>
       </c>
       <c r="D186" t="s">
-        <v>453</v>
+        <v>496</v>
       </c>
       <c r="E186" t="s">
         <v>15</v>
       </c>
       <c r="F186" t="s">
         <v>16</v>
       </c>
       <c r="G186" t="s">
         <v>17</v>
       </c>
       <c r="H186" t="s">
         <v>17</v>
       </c>
       <c r="I186" t="s">
         <v>17</v>
       </c>
       <c r="J186" t="s">
         <v>17</v>
       </c>
       <c r="K186" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187">
         <v>184</v>
       </c>
       <c r="B187" t="s">
-        <v>455</v>
+        <v>497</v>
       </c>
       <c r="C187" t="s">
-        <v>456</v>
+        <v>498</v>
       </c>
       <c r="D187" t="s">
-        <v>453</v>
+        <v>499</v>
       </c>
       <c r="E187" t="s">
         <v>15</v>
       </c>
       <c r="F187" t="s">
         <v>16</v>
       </c>
       <c r="G187" t="s">
         <v>17</v>
       </c>
       <c r="H187" t="s">
         <v>17</v>
       </c>
       <c r="I187" t="s">
         <v>17</v>
       </c>
       <c r="J187" t="s">
         <v>17</v>
       </c>
       <c r="K187" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188">
         <v>185</v>
       </c>
       <c r="B188" t="s">
-        <v>457</v>
+        <v>500</v>
       </c>
       <c r="C188" t="s">
-        <v>456</v>
+        <v>501</v>
       </c>
       <c r="D188" t="s">
-        <v>453</v>
+        <v>14</v>
       </c>
       <c r="E188" t="s">
         <v>15</v>
       </c>
       <c r="F188" t="s">
         <v>16</v>
       </c>
       <c r="G188" t="s">
         <v>17</v>
       </c>
       <c r="H188" t="s">
         <v>17</v>
       </c>
       <c r="I188" t="s">
         <v>17</v>
       </c>
       <c r="J188" t="s">
         <v>17</v>
       </c>
       <c r="K188" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189">
         <v>186</v>
       </c>
       <c r="B189" t="s">
-        <v>458</v>
+        <v>502</v>
       </c>
       <c r="C189" t="s">
-        <v>456</v>
+        <v>501</v>
       </c>
       <c r="D189" t="s">
-        <v>453</v>
+        <v>14</v>
       </c>
       <c r="E189" t="s">
         <v>15</v>
       </c>
       <c r="F189" t="s">
         <v>16</v>
       </c>
       <c r="G189" t="s">
         <v>17</v>
       </c>
       <c r="H189" t="s">
         <v>17</v>
       </c>
       <c r="I189" t="s">
         <v>17</v>
       </c>
       <c r="J189" t="s">
         <v>17</v>
       </c>
       <c r="K189" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190">
         <v>187</v>
       </c>
       <c r="B190" t="s">
-        <v>459</v>
+        <v>503</v>
       </c>
       <c r="C190" t="s">
-        <v>456</v>
+        <v>501</v>
       </c>
       <c r="D190" t="s">
-        <v>453</v>
+        <v>14</v>
       </c>
       <c r="E190" t="s">
         <v>15</v>
       </c>
       <c r="F190" t="s">
         <v>16</v>
       </c>
       <c r="G190" t="s">
         <v>17</v>
       </c>
       <c r="H190" t="s">
         <v>17</v>
       </c>
       <c r="I190" t="s">
         <v>17</v>
       </c>
       <c r="J190" t="s">
         <v>17</v>
       </c>
       <c r="K190" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191">
         <v>188</v>
       </c>
       <c r="B191" t="s">
-        <v>460</v>
+        <v>504</v>
       </c>
       <c r="C191" t="s">
-        <v>456</v>
+        <v>505</v>
       </c>
       <c r="D191" t="s">
-        <v>453</v>
+        <v>506</v>
       </c>
       <c r="E191" t="s">
         <v>15</v>
       </c>
       <c r="F191" t="s">
         <v>16</v>
       </c>
       <c r="G191" t="s">
         <v>17</v>
       </c>
       <c r="H191" t="s">
         <v>17</v>
       </c>
       <c r="I191" t="s">
         <v>17</v>
       </c>
       <c r="J191" t="s">
         <v>17</v>
       </c>
       <c r="K191" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192">
         <v>189</v>
       </c>
       <c r="B192" t="s">
-        <v>461</v>
+        <v>507</v>
       </c>
       <c r="C192" t="s">
-        <v>462</v>
+        <v>508</v>
       </c>
       <c r="D192" t="s">
-        <v>463</v>
+        <v>509</v>
       </c>
       <c r="E192" t="s">
         <v>15</v>
       </c>
       <c r="F192" t="s">
         <v>16</v>
       </c>
       <c r="G192" t="s">
         <v>17</v>
       </c>
       <c r="H192" t="s">
         <v>17</v>
       </c>
       <c r="I192" t="s">
         <v>17</v>
       </c>
       <c r="J192" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K192" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193">
         <v>190</v>
       </c>
       <c r="B193" t="s">
-        <v>464</v>
+        <v>510</v>
       </c>
       <c r="C193" t="s">
-        <v>465</v>
+        <v>511</v>
       </c>
       <c r="D193" t="s">
-        <v>466</v>
+        <v>512</v>
       </c>
       <c r="E193" t="s">
         <v>15</v>
       </c>
       <c r="F193" t="s">
         <v>16</v>
       </c>
       <c r="G193" t="s">
         <v>17</v>
       </c>
       <c r="H193" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I193" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J193" t="s">
         <v>22</v>
       </c>
       <c r="K193" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194">
         <v>191</v>
       </c>
       <c r="B194" t="s">
-        <v>467</v>
+        <v>513</v>
       </c>
       <c r="C194" t="s">
-        <v>468</v>
+        <v>514</v>
       </c>
       <c r="D194" t="s">
-        <v>469</v>
+        <v>14</v>
       </c>
       <c r="E194" t="s">
         <v>15</v>
       </c>
       <c r="F194" t="s">
         <v>16</v>
       </c>
       <c r="G194" t="s">
         <v>17</v>
       </c>
       <c r="H194" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I194" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="J194" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K194" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195">
         <v>192</v>
       </c>
       <c r="B195" t="s">
-        <v>470</v>
+        <v>515</v>
       </c>
       <c r="C195" t="s">
-        <v>471</v>
+        <v>516</v>
       </c>
       <c r="D195" t="s">
-        <v>472</v>
+        <v>371</v>
       </c>
       <c r="E195" t="s">
         <v>15</v>
       </c>
       <c r="F195" t="s">
         <v>16</v>
       </c>
       <c r="G195" t="s">
         <v>17</v>
       </c>
       <c r="H195" t="s">
         <v>17</v>
       </c>
       <c r="I195" t="s">
         <v>17</v>
       </c>
       <c r="J195" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K195" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196">
         <v>193</v>
       </c>
       <c r="B196" t="s">
-        <v>473</v>
+        <v>517</v>
       </c>
       <c r="C196" t="s">
-        <v>474</v>
+        <v>518</v>
       </c>
       <c r="D196" t="s">
-        <v>475</v>
+        <v>519</v>
       </c>
       <c r="E196" t="s">
         <v>15</v>
       </c>
       <c r="F196" t="s">
         <v>16</v>
       </c>
       <c r="G196" t="s">
         <v>17</v>
       </c>
       <c r="H196" t="s">
         <v>17</v>
       </c>
       <c r="I196" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J196" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K196" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197">
         <v>194</v>
       </c>
       <c r="B197" t="s">
-        <v>476</v>
+        <v>520</v>
       </c>
       <c r="C197" t="s">
-        <v>477</v>
+        <v>521</v>
       </c>
       <c r="D197" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="E197" t="s">
         <v>15</v>
       </c>
       <c r="F197" t="s">
         <v>16</v>
       </c>
       <c r="G197" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H197" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I197" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J197" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K197" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198">
         <v>195</v>
       </c>
       <c r="B198" t="s">
-        <v>478</v>
+        <v>522</v>
       </c>
       <c r="C198" t="s">
-        <v>479</v>
+        <v>523</v>
       </c>
       <c r="D198" t="s">
-        <v>480</v>
+        <v>524</v>
       </c>
       <c r="E198" t="s">
         <v>15</v>
       </c>
       <c r="F198" t="s">
         <v>16</v>
       </c>
       <c r="G198" t="s">
         <v>17</v>
       </c>
       <c r="H198" t="s">
         <v>17</v>
       </c>
       <c r="I198" t="s">
         <v>17</v>
       </c>
       <c r="J198" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="K198" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199">
         <v>196</v>
       </c>
       <c r="B199" t="s">
-        <v>481</v>
+        <v>525</v>
       </c>
       <c r="C199" t="s">
-        <v>482</v>
+        <v>526</v>
       </c>
       <c r="D199" t="s">
-        <v>207</v>
+        <v>310</v>
       </c>
       <c r="E199" t="s">
         <v>15</v>
       </c>
       <c r="F199" t="s">
         <v>16</v>
       </c>
       <c r="G199" t="s">
         <v>17</v>
       </c>
       <c r="H199" t="s">
         <v>17</v>
       </c>
       <c r="I199" t="s">
         <v>17</v>
       </c>
       <c r="J199" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K199" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200">
         <v>197</v>
       </c>
       <c r="B200" t="s">
-        <v>483</v>
+        <v>527</v>
       </c>
       <c r="C200" t="s">
-        <v>484</v>
+        <v>528</v>
       </c>
       <c r="D200" t="s">
-        <v>166</v>
+        <v>529</v>
       </c>
       <c r="E200" t="s">
         <v>15</v>
       </c>
       <c r="F200" t="s">
         <v>16</v>
       </c>
       <c r="G200" t="s">
         <v>17</v>
       </c>
       <c r="H200" t="s">
         <v>17</v>
       </c>
       <c r="I200" t="s">
         <v>17</v>
       </c>
       <c r="J200" t="s">
         <v>22</v>
       </c>
       <c r="K200" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201">
         <v>198</v>
       </c>
       <c r="B201" t="s">
-        <v>485</v>
+        <v>530</v>
       </c>
       <c r="C201" t="s">
-        <v>486</v>
+        <v>531</v>
       </c>
       <c r="D201" t="s">
-        <v>487</v>
+        <v>532</v>
       </c>
       <c r="E201" t="s">
         <v>15</v>
       </c>
       <c r="F201" t="s">
         <v>16</v>
       </c>
       <c r="G201" t="s">
         <v>17</v>
       </c>
       <c r="H201" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I201" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J201" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K201" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202">
         <v>199</v>
       </c>
       <c r="B202" t="s">
-        <v>488</v>
+        <v>533</v>
       </c>
       <c r="C202" t="s">
-        <v>489</v>
+        <v>534</v>
       </c>
       <c r="D202" t="s">
-        <v>490</v>
+        <v>535</v>
       </c>
       <c r="E202" t="s">
         <v>15</v>
       </c>
       <c r="F202" t="s">
         <v>16</v>
       </c>
       <c r="G202" t="s">
         <v>17</v>
       </c>
       <c r="H202" t="s">
         <v>17</v>
       </c>
       <c r="I202" t="s">
         <v>17</v>
       </c>
       <c r="J202" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K202" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203">
         <v>200</v>
       </c>
       <c r="B203" t="s">
-        <v>491</v>
+        <v>536</v>
       </c>
       <c r="C203" t="s">
-        <v>492</v>
+        <v>537</v>
       </c>
       <c r="D203" t="s">
-        <v>14</v>
+        <v>538</v>
       </c>
       <c r="E203" t="s">
         <v>15</v>
       </c>
       <c r="F203" t="s">
         <v>16</v>
       </c>
       <c r="G203" t="s">
         <v>17</v>
       </c>
       <c r="H203" t="s">
         <v>17</v>
       </c>
       <c r="I203" t="s">
         <v>17</v>
       </c>
       <c r="J203" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K203" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204">
         <v>201</v>
       </c>
       <c r="B204" t="s">
-        <v>493</v>
+        <v>539</v>
       </c>
       <c r="C204" t="s">
-        <v>494</v>
+        <v>540</v>
       </c>
       <c r="D204" t="s">
-        <v>495</v>
+        <v>54</v>
       </c>
       <c r="E204" t="s">
         <v>15</v>
       </c>
       <c r="F204" t="s">
         <v>16</v>
       </c>
       <c r="G204" t="s">
         <v>17</v>
       </c>
       <c r="H204" t="s">
         <v>17</v>
       </c>
       <c r="I204" t="s">
         <v>17</v>
       </c>
       <c r="J204" t="s">
         <v>17</v>
       </c>
       <c r="K204" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205">
         <v>202</v>
       </c>
       <c r="B205" t="s">
-        <v>496</v>
+        <v>541</v>
       </c>
       <c r="C205" t="s">
-        <v>497</v>
+        <v>542</v>
       </c>
       <c r="D205" t="s">
-        <v>498</v>
+        <v>543</v>
       </c>
       <c r="E205" t="s">
         <v>15</v>
       </c>
       <c r="F205" t="s">
         <v>16</v>
       </c>
       <c r="G205" t="s">
         <v>17</v>
       </c>
       <c r="H205" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I205" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J205" t="s">
         <v>22</v>
       </c>
       <c r="K205" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206">
         <v>203</v>
       </c>
       <c r="B206" t="s">
-        <v>499</v>
+        <v>544</v>
       </c>
       <c r="C206" t="s">
-        <v>500</v>
+        <v>545</v>
       </c>
       <c r="D206" t="s">
-        <v>501</v>
+        <v>14</v>
       </c>
       <c r="E206" t="s">
         <v>15</v>
       </c>
       <c r="F206" t="s">
         <v>16</v>
       </c>
       <c r="G206" t="s">
         <v>17</v>
       </c>
       <c r="H206" t="s">
         <v>17</v>
       </c>
       <c r="I206" t="s">
         <v>17</v>
       </c>
       <c r="J206" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K206" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207">
         <v>204</v>
       </c>
       <c r="B207" t="s">
-        <v>502</v>
+        <v>546</v>
       </c>
       <c r="C207" t="s">
-        <v>503</v>
+        <v>547</v>
       </c>
       <c r="D207" t="s">
-        <v>504</v>
+        <v>221</v>
       </c>
       <c r="E207" t="s">
         <v>15</v>
       </c>
       <c r="F207" t="s">
         <v>16</v>
       </c>
       <c r="G207" t="s">
         <v>17</v>
       </c>
       <c r="H207" t="s">
         <v>17</v>
       </c>
       <c r="I207" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J207" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K207" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208">
         <v>205</v>
       </c>
       <c r="B208" t="s">
-        <v>505</v>
+        <v>548</v>
       </c>
       <c r="C208" t="s">
-        <v>506</v>
+        <v>549</v>
       </c>
       <c r="D208" t="s">
-        <v>507</v>
+        <v>550</v>
       </c>
       <c r="E208" t="s">
         <v>15</v>
       </c>
       <c r="F208" t="s">
         <v>16</v>
       </c>
       <c r="G208" t="s">
         <v>17</v>
       </c>
       <c r="H208" t="s">
         <v>17</v>
       </c>
       <c r="I208" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J208" t="s">
         <v>22</v>
       </c>
       <c r="K208" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209">
         <v>206</v>
       </c>
       <c r="B209" t="s">
-        <v>508</v>
+        <v>551</v>
       </c>
       <c r="C209" t="s">
-        <v>509</v>
+        <v>549</v>
       </c>
       <c r="D209" t="s">
-        <v>510</v>
+        <v>550</v>
       </c>
       <c r="E209" t="s">
         <v>15</v>
       </c>
       <c r="F209" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="G209" t="s">
         <v>17</v>
       </c>
       <c r="H209" t="s">
         <v>17</v>
       </c>
       <c r="I209" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J209" t="s">
         <v>22</v>
       </c>
       <c r="K209" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210">
         <v>207</v>
       </c>
       <c r="B210" t="s">
-        <v>511</v>
+        <v>552</v>
       </c>
       <c r="C210" t="s">
-        <v>512</v>
+        <v>553</v>
       </c>
       <c r="D210" t="s">
-        <v>14</v>
+        <v>469</v>
       </c>
       <c r="E210" t="s">
         <v>15</v>
       </c>
       <c r="F210" t="s">
         <v>16</v>
       </c>
       <c r="G210" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H210" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I210" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J210" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K210" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211">
         <v>208</v>
       </c>
       <c r="B211" t="s">
-        <v>513</v>
+        <v>554</v>
       </c>
       <c r="C211" t="s">
-        <v>512</v>
+        <v>555</v>
       </c>
       <c r="D211" t="s">
         <v>14</v>
       </c>
       <c r="E211" t="s">
         <v>15</v>
       </c>
       <c r="F211" t="s">
         <v>16</v>
       </c>
       <c r="G211" t="s">
         <v>17</v>
       </c>
       <c r="H211" t="s">
         <v>17</v>
       </c>
       <c r="I211" t="s">
         <v>17</v>
       </c>
       <c r="J211" t="s">
         <v>17</v>
       </c>
       <c r="K211" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212">
         <v>209</v>
       </c>
       <c r="B212" t="s">
-        <v>514</v>
+        <v>556</v>
       </c>
       <c r="C212" t="s">
-        <v>512</v>
+        <v>555</v>
       </c>
       <c r="D212" t="s">
         <v>14</v>
       </c>
       <c r="E212" t="s">
         <v>15</v>
       </c>
       <c r="F212" t="s">
         <v>16</v>
       </c>
       <c r="G212" t="s">
         <v>17</v>
       </c>
       <c r="H212" t="s">
         <v>17</v>
       </c>
       <c r="I212" t="s">
         <v>17</v>
       </c>
       <c r="J212" t="s">
         <v>17</v>
       </c>
       <c r="K212" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213">
         <v>210</v>
       </c>
       <c r="B213" t="s">
-        <v>515</v>
+        <v>557</v>
       </c>
       <c r="C213" t="s">
-        <v>512</v>
+        <v>555</v>
       </c>
       <c r="D213" t="s">
         <v>14</v>
       </c>
       <c r="E213" t="s">
         <v>15</v>
       </c>
       <c r="F213" t="s">
         <v>16</v>
       </c>
       <c r="G213" t="s">
         <v>17</v>
       </c>
       <c r="H213" t="s">
         <v>17</v>
       </c>
       <c r="I213" t="s">
         <v>17</v>
       </c>
       <c r="J213" t="s">
         <v>17</v>
       </c>
       <c r="K213" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214">
         <v>211</v>
       </c>
       <c r="B214" t="s">
-        <v>516</v>
+        <v>558</v>
       </c>
       <c r="C214" t="s">
-        <v>512</v>
+        <v>559</v>
       </c>
       <c r="D214" t="s">
-        <v>14</v>
+        <v>560</v>
       </c>
       <c r="E214" t="s">
         <v>15</v>
       </c>
       <c r="F214" t="s">
         <v>16</v>
       </c>
       <c r="G214" t="s">
         <v>17</v>
       </c>
       <c r="H214" t="s">
         <v>17</v>
       </c>
       <c r="I214" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J214" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K214" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215">
         <v>212</v>
       </c>
       <c r="B215" t="s">
-        <v>517</v>
+        <v>561</v>
       </c>
       <c r="C215" t="s">
-        <v>512</v>
+        <v>562</v>
       </c>
       <c r="D215" t="s">
-        <v>14</v>
+        <v>563</v>
       </c>
       <c r="E215" t="s">
         <v>15</v>
       </c>
       <c r="F215" t="s">
         <v>16</v>
       </c>
       <c r="G215" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H215" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I215" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J215" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K215" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216">
         <v>213</v>
       </c>
       <c r="B216" t="s">
-        <v>518</v>
+        <v>564</v>
       </c>
       <c r="C216" t="s">
-        <v>512</v>
+        <v>565</v>
       </c>
       <c r="D216" t="s">
         <v>14</v>
       </c>
       <c r="E216" t="s">
         <v>15</v>
       </c>
       <c r="F216" t="s">
         <v>16</v>
       </c>
       <c r="G216" t="s">
         <v>17</v>
       </c>
       <c r="H216" t="s">
         <v>17</v>
       </c>
       <c r="I216" t="s">
         <v>17</v>
       </c>
       <c r="J216" t="s">
         <v>17</v>
       </c>
       <c r="K216" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217">
         <v>214</v>
       </c>
       <c r="B217" t="s">
-        <v>519</v>
+        <v>566</v>
       </c>
       <c r="C217" t="s">
-        <v>512</v>
+        <v>567</v>
       </c>
       <c r="D217" t="s">
-        <v>14</v>
+        <v>568</v>
       </c>
       <c r="E217" t="s">
         <v>15</v>
       </c>
       <c r="F217" t="s">
         <v>16</v>
       </c>
       <c r="G217" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H217" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I217" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J217" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="K217" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218">
         <v>215</v>
       </c>
       <c r="B218" t="s">
-        <v>520</v>
+        <v>569</v>
       </c>
       <c r="C218" t="s">
-        <v>521</v>
+        <v>570</v>
       </c>
       <c r="D218" t="s">
-        <v>522</v>
+        <v>221</v>
       </c>
       <c r="E218" t="s">
         <v>15</v>
       </c>
       <c r="F218" t="s">
         <v>16</v>
       </c>
       <c r="G218" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H218" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I218" t="s">
         <v>22</v>
       </c>
       <c r="J218" t="s">
         <v>22</v>
       </c>
       <c r="K218" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219">
         <v>216</v>
       </c>
       <c r="B219" t="s">
-        <v>523</v>
+        <v>571</v>
       </c>
       <c r="C219" t="s">
-        <v>524</v>
+        <v>572</v>
       </c>
       <c r="D219" t="s">
+        <v>270</v>
+      </c>
+      <c r="E219" t="s">
+        <v>15</v>
+      </c>
+      <c r="F219" t="s">
+        <v>16</v>
+      </c>
+      <c r="G219" t="s">
+        <v>17</v>
+      </c>
+      <c r="H219" t="s">
+        <v>17</v>
+      </c>
+      <c r="I219" t="s">
+        <v>17</v>
+      </c>
+      <c r="J219" t="s">
+        <v>22</v>
+      </c>
+      <c r="K219" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11">
+      <c r="A220">
+        <v>217</v>
+      </c>
+      <c r="B220" t="s">
+        <v>573</v>
+      </c>
+      <c r="C220" t="s">
+        <v>574</v>
+      </c>
+      <c r="D220" t="s">
+        <v>575</v>
+      </c>
+      <c r="E220" t="s">
+        <v>15</v>
+      </c>
+      <c r="F220" t="s">
+        <v>16</v>
+      </c>
+      <c r="G220" t="s">
+        <v>17</v>
+      </c>
+      <c r="H220" t="s">
+        <v>17</v>
+      </c>
+      <c r="I220" t="s">
+        <v>22</v>
+      </c>
+      <c r="J220" t="s">
+        <v>22</v>
+      </c>
+      <c r="K220" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11">
+      <c r="A221">
+        <v>218</v>
+      </c>
+      <c r="B221" t="s">
+        <v>576</v>
+      </c>
+      <c r="C221" t="s">
+        <v>577</v>
+      </c>
+      <c r="D221" t="s">
         <v>14</v>
       </c>
-      <c r="E219" t="s">
-[...17 lines deleted...]
-      <c r="K219" t="s">
+      <c r="E221" t="s">
+        <v>15</v>
+      </c>
+      <c r="F221" t="s">
+        <v>16</v>
+      </c>
+      <c r="G221" t="s">
+        <v>17</v>
+      </c>
+      <c r="H221" t="s">
+        <v>17</v>
+      </c>
+      <c r="I221" t="s">
+        <v>17</v>
+      </c>
+      <c r="J221" t="s">
+        <v>17</v>
+      </c>
+      <c r="K221" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11">
+      <c r="A222">
+        <v>219</v>
+      </c>
+      <c r="B222" t="s">
+        <v>578</v>
+      </c>
+      <c r="C222" t="s">
+        <v>579</v>
+      </c>
+      <c r="D222" t="s">
+        <v>580</v>
+      </c>
+      <c r="E222" t="s">
+        <v>15</v>
+      </c>
+      <c r="F222" t="s">
+        <v>16</v>
+      </c>
+      <c r="G222" t="s">
+        <v>17</v>
+      </c>
+      <c r="H222" t="s">
+        <v>17</v>
+      </c>
+      <c r="I222" t="s">
+        <v>17</v>
+      </c>
+      <c r="J222" t="s">
+        <v>17</v>
+      </c>
+      <c r="K222" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11">
+      <c r="A223">
+        <v>220</v>
+      </c>
+      <c r="B223" t="s">
+        <v>581</v>
+      </c>
+      <c r="C223" t="s">
+        <v>582</v>
+      </c>
+      <c r="D223" t="s">
+        <v>506</v>
+      </c>
+      <c r="E223" t="s">
+        <v>15</v>
+      </c>
+      <c r="F223" t="s">
+        <v>16</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223" t="s">
+        <v>22</v>
+      </c>
+      <c r="I223" t="s">
+        <v>22</v>
+      </c>
+      <c r="J223" t="s">
+        <v>22</v>
+      </c>
+      <c r="K223" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11">
+      <c r="A224">
+        <v>221</v>
+      </c>
+      <c r="B224" t="s">
+        <v>583</v>
+      </c>
+      <c r="C224" t="s">
+        <v>582</v>
+      </c>
+      <c r="D224" t="s">
+        <v>506</v>
+      </c>
+      <c r="E224" t="s">
+        <v>15</v>
+      </c>
+      <c r="F224" t="s">
+        <v>16</v>
+      </c>
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224" t="s">
+        <v>22</v>
+      </c>
+      <c r="I224" t="s">
+        <v>22</v>
+      </c>
+      <c r="J224" t="s">
+        <v>22</v>
+      </c>
+      <c r="K224" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11">
+      <c r="A225">
+        <v>222</v>
+      </c>
+      <c r="B225" t="s">
+        <v>584</v>
+      </c>
+      <c r="C225" t="s">
+        <v>585</v>
+      </c>
+      <c r="D225" t="s">
+        <v>586</v>
+      </c>
+      <c r="E225" t="s">
+        <v>15</v>
+      </c>
+      <c r="F225" t="s">
+        <v>16</v>
+      </c>
+      <c r="G225" t="s">
+        <v>17</v>
+      </c>
+      <c r="H225" t="s">
+        <v>17</v>
+      </c>
+      <c r="I225" t="s">
+        <v>17</v>
+      </c>
+      <c r="J225" t="s">
+        <v>17</v>
+      </c>
+      <c r="K225" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11">
+      <c r="A226">
+        <v>223</v>
+      </c>
+      <c r="B226" t="s">
+        <v>587</v>
+      </c>
+      <c r="C226" t="s">
+        <v>585</v>
+      </c>
+      <c r="D226" t="s">
+        <v>586</v>
+      </c>
+      <c r="E226" t="s">
+        <v>15</v>
+      </c>
+      <c r="F226" t="s">
+        <v>16</v>
+      </c>
+      <c r="G226" t="s">
+        <v>17</v>
+      </c>
+      <c r="H226" t="s">
+        <v>17</v>
+      </c>
+      <c r="I226" t="s">
+        <v>17</v>
+      </c>
+      <c r="J226" t="s">
+        <v>17</v>
+      </c>
+      <c r="K226" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11">
+      <c r="A227">
+        <v>224</v>
+      </c>
+      <c r="B227" t="s">
+        <v>588</v>
+      </c>
+      <c r="C227" t="s">
+        <v>589</v>
+      </c>
+      <c r="D227" t="s">
+        <v>590</v>
+      </c>
+      <c r="E227" t="s">
+        <v>15</v>
+      </c>
+      <c r="F227" t="s">
+        <v>16</v>
+      </c>
+      <c r="G227" t="s">
+        <v>17</v>
+      </c>
+      <c r="H227" t="s">
+        <v>17</v>
+      </c>
+      <c r="I227" t="s">
+        <v>17</v>
+      </c>
+      <c r="J227" t="s">
+        <v>17</v>
+      </c>
+      <c r="K227" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="228" spans="1:11">
+      <c r="A228">
+        <v>225</v>
+      </c>
+      <c r="B228" t="s">
+        <v>591</v>
+      </c>
+      <c r="C228" t="s">
+        <v>589</v>
+      </c>
+      <c r="D228" t="s">
+        <v>590</v>
+      </c>
+      <c r="E228" t="s">
+        <v>15</v>
+      </c>
+      <c r="F228" t="s">
+        <v>16</v>
+      </c>
+      <c r="G228" t="s">
+        <v>17</v>
+      </c>
+      <c r="H228" t="s">
+        <v>17</v>
+      </c>
+      <c r="I228" t="s">
+        <v>17</v>
+      </c>
+      <c r="J228" t="s">
+        <v>17</v>
+      </c>
+      <c r="K228" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="229" spans="1:11">
+      <c r="A229">
+        <v>226</v>
+      </c>
+      <c r="B229" t="s">
+        <v>592</v>
+      </c>
+      <c r="C229" t="s">
+        <v>589</v>
+      </c>
+      <c r="D229" t="s">
+        <v>590</v>
+      </c>
+      <c r="E229" t="s">
+        <v>15</v>
+      </c>
+      <c r="F229" t="s">
+        <v>16</v>
+      </c>
+      <c r="G229" t="s">
+        <v>17</v>
+      </c>
+      <c r="H229" t="s">
+        <v>17</v>
+      </c>
+      <c r="I229" t="s">
+        <v>17</v>
+      </c>
+      <c r="J229" t="s">
+        <v>17</v>
+      </c>
+      <c r="K229" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="230" spans="1:11">
+      <c r="A230">
+        <v>227</v>
+      </c>
+      <c r="B230" t="s">
+        <v>593</v>
+      </c>
+      <c r="C230" t="s">
+        <v>589</v>
+      </c>
+      <c r="D230" t="s">
+        <v>590</v>
+      </c>
+      <c r="E230" t="s">
+        <v>15</v>
+      </c>
+      <c r="F230" t="s">
+        <v>16</v>
+      </c>
+      <c r="G230" t="s">
+        <v>17</v>
+      </c>
+      <c r="H230" t="s">
+        <v>17</v>
+      </c>
+      <c r="I230" t="s">
+        <v>17</v>
+      </c>
+      <c r="J230" t="s">
+        <v>17</v>
+      </c>
+      <c r="K230" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="231" spans="1:11">
+      <c r="A231">
+        <v>228</v>
+      </c>
+      <c r="B231" t="s">
+        <v>594</v>
+      </c>
+      <c r="C231" t="s">
+        <v>589</v>
+      </c>
+      <c r="D231" t="s">
+        <v>590</v>
+      </c>
+      <c r="E231" t="s">
+        <v>15</v>
+      </c>
+      <c r="F231" t="s">
+        <v>16</v>
+      </c>
+      <c r="G231" t="s">
+        <v>17</v>
+      </c>
+      <c r="H231" t="s">
+        <v>17</v>
+      </c>
+      <c r="I231" t="s">
+        <v>17</v>
+      </c>
+      <c r="J231" t="s">
+        <v>17</v>
+      </c>
+      <c r="K231" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11">
+      <c r="A232">
+        <v>229</v>
+      </c>
+      <c r="B232" t="s">
+        <v>595</v>
+      </c>
+      <c r="C232" t="s">
+        <v>596</v>
+      </c>
+      <c r="D232" t="s">
+        <v>597</v>
+      </c>
+      <c r="E232" t="s">
+        <v>15</v>
+      </c>
+      <c r="F232" t="s">
+        <v>16</v>
+      </c>
+      <c r="G232" t="s">
+        <v>17</v>
+      </c>
+      <c r="H232" t="s">
+        <v>17</v>
+      </c>
+      <c r="I232" t="s">
+        <v>17</v>
+      </c>
+      <c r="J232" t="s">
+        <v>17</v>
+      </c>
+      <c r="K232" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11">
+      <c r="A233">
+        <v>230</v>
+      </c>
+      <c r="B233" t="s">
+        <v>598</v>
+      </c>
+      <c r="C233" t="s">
+        <v>599</v>
+      </c>
+      <c r="D233" t="s">
+        <v>600</v>
+      </c>
+      <c r="E233" t="s">
+        <v>15</v>
+      </c>
+      <c r="F233" t="s">
+        <v>16</v>
+      </c>
+      <c r="G233" t="s">
+        <v>17</v>
+      </c>
+      <c r="H233" t="s">
+        <v>17</v>
+      </c>
+      <c r="I233" t="s">
+        <v>17</v>
+      </c>
+      <c r="J233" t="s">
+        <v>22</v>
+      </c>
+      <c r="K233" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11">
+      <c r="A234">
+        <v>231</v>
+      </c>
+      <c r="B234" t="s">
+        <v>601</v>
+      </c>
+      <c r="C234" t="s">
+        <v>602</v>
+      </c>
+      <c r="D234" t="s">
+        <v>603</v>
+      </c>
+      <c r="E234" t="s">
+        <v>15</v>
+      </c>
+      <c r="F234" t="s">
+        <v>16</v>
+      </c>
+      <c r="G234" t="s">
+        <v>17</v>
+      </c>
+      <c r="H234" t="s">
+        <v>17</v>
+      </c>
+      <c r="I234" t="s">
+        <v>17</v>
+      </c>
+      <c r="J234" t="s">
+        <v>17</v>
+      </c>
+      <c r="K234" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="235" spans="1:11">
+      <c r="A235">
+        <v>232</v>
+      </c>
+      <c r="B235" t="s">
+        <v>604</v>
+      </c>
+      <c r="C235" t="s">
+        <v>605</v>
+      </c>
+      <c r="D235" t="s">
+        <v>606</v>
+      </c>
+      <c r="E235" t="s">
+        <v>15</v>
+      </c>
+      <c r="F235" t="s">
+        <v>16</v>
+      </c>
+      <c r="G235" t="s">
+        <v>17</v>
+      </c>
+      <c r="H235" t="s">
+        <v>22</v>
+      </c>
+      <c r="I235" t="s">
+        <v>22</v>
+      </c>
+      <c r="J235" t="s">
+        <v>22</v>
+      </c>
+      <c r="K235" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11">
+      <c r="A236">
+        <v>233</v>
+      </c>
+      <c r="B236" t="s">
+        <v>607</v>
+      </c>
+      <c r="C236" t="s">
+        <v>608</v>
+      </c>
+      <c r="D236" t="s">
+        <v>609</v>
+      </c>
+      <c r="E236" t="s">
+        <v>15</v>
+      </c>
+      <c r="F236" t="s">
+        <v>16</v>
+      </c>
+      <c r="G236" t="s">
+        <v>17</v>
+      </c>
+      <c r="H236" t="s">
+        <v>17</v>
+      </c>
+      <c r="I236" t="s">
+        <v>17</v>
+      </c>
+      <c r="J236" t="s">
+        <v>17</v>
+      </c>
+      <c r="K236" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11">
+      <c r="A237">
+        <v>234</v>
+      </c>
+      <c r="B237" t="s">
+        <v>610</v>
+      </c>
+      <c r="C237" t="s">
+        <v>611</v>
+      </c>
+      <c r="D237" t="s">
+        <v>612</v>
+      </c>
+      <c r="E237" t="s">
+        <v>15</v>
+      </c>
+      <c r="F237" t="s">
+        <v>16</v>
+      </c>
+      <c r="G237" t="s">
+        <v>17</v>
+      </c>
+      <c r="H237" t="s">
+        <v>17</v>
+      </c>
+      <c r="I237" t="s">
+        <v>17</v>
+      </c>
+      <c r="J237" t="s">
+        <v>17</v>
+      </c>
+      <c r="K237" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11">
+      <c r="A238">
+        <v>235</v>
+      </c>
+      <c r="B238" t="s">
+        <v>613</v>
+      </c>
+      <c r="C238" t="s">
+        <v>614</v>
+      </c>
+      <c r="D238" t="s">
+        <v>14</v>
+      </c>
+      <c r="E238" t="s">
+        <v>15</v>
+      </c>
+      <c r="F238" t="s">
+        <v>16</v>
+      </c>
+      <c r="G238" t="s">
+        <v>17</v>
+      </c>
+      <c r="H238" t="s">
+        <v>17</v>
+      </c>
+      <c r="I238" t="s">
+        <v>17</v>
+      </c>
+      <c r="J238" t="s">
+        <v>17</v>
+      </c>
+      <c r="K238" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11">
+      <c r="A239">
+        <v>236</v>
+      </c>
+      <c r="B239" t="s">
+        <v>615</v>
+      </c>
+      <c r="C239" t="s">
+        <v>616</v>
+      </c>
+      <c r="D239" t="s">
+        <v>617</v>
+      </c>
+      <c r="E239" t="s">
+        <v>15</v>
+      </c>
+      <c r="F239" t="s">
+        <v>16</v>
+      </c>
+      <c r="G239" t="s">
+        <v>17</v>
+      </c>
+      <c r="H239" t="s">
+        <v>17</v>
+      </c>
+      <c r="I239" t="s">
+        <v>17</v>
+      </c>
+      <c r="J239" t="s">
+        <v>22</v>
+      </c>
+      <c r="K239" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11">
+      <c r="A240">
+        <v>237</v>
+      </c>
+      <c r="B240" t="s">
+        <v>618</v>
+      </c>
+      <c r="C240" t="s">
+        <v>619</v>
+      </c>
+      <c r="D240" t="s">
+        <v>276</v>
+      </c>
+      <c r="E240" t="s">
+        <v>15</v>
+      </c>
+      <c r="F240" t="s">
+        <v>16</v>
+      </c>
+      <c r="G240" t="s">
+        <v>17</v>
+      </c>
+      <c r="H240" t="s">
+        <v>17</v>
+      </c>
+      <c r="I240" t="s">
+        <v>17</v>
+      </c>
+      <c r="J240" t="s">
+        <v>17</v>
+      </c>
+      <c r="K240" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11">
+      <c r="A241">
+        <v>238</v>
+      </c>
+      <c r="B241" t="s">
+        <v>620</v>
+      </c>
+      <c r="C241" t="s">
+        <v>621</v>
+      </c>
+      <c r="D241" t="s">
+        <v>209</v>
+      </c>
+      <c r="E241" t="s">
+        <v>15</v>
+      </c>
+      <c r="F241" t="s">
+        <v>16</v>
+      </c>
+      <c r="G241" t="s">
+        <v>17</v>
+      </c>
+      <c r="H241" t="s">
+        <v>17</v>
+      </c>
+      <c r="I241" t="s">
+        <v>17</v>
+      </c>
+      <c r="J241" t="s">
+        <v>22</v>
+      </c>
+      <c r="K241" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11">
+      <c r="A242">
+        <v>239</v>
+      </c>
+      <c r="B242" t="s">
+        <v>622</v>
+      </c>
+      <c r="C242" t="s">
+        <v>623</v>
+      </c>
+      <c r="D242" t="s">
+        <v>330</v>
+      </c>
+      <c r="E242" t="s">
+        <v>15</v>
+      </c>
+      <c r="F242" t="s">
+        <v>16</v>
+      </c>
+      <c r="G242" t="s">
+        <v>17</v>
+      </c>
+      <c r="H242" t="s">
+        <v>17</v>
+      </c>
+      <c r="I242" t="s">
+        <v>17</v>
+      </c>
+      <c r="J242" t="s">
+        <v>17</v>
+      </c>
+      <c r="K242" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="243" spans="1:11">
+      <c r="A243">
+        <v>240</v>
+      </c>
+      <c r="B243" t="s">
+        <v>624</v>
+      </c>
+      <c r="C243" t="s">
+        <v>625</v>
+      </c>
+      <c r="D243" t="s">
+        <v>626</v>
+      </c>
+      <c r="E243" t="s">
+        <v>15</v>
+      </c>
+      <c r="F243" t="s">
+        <v>16</v>
+      </c>
+      <c r="G243" t="s">
+        <v>17</v>
+      </c>
+      <c r="H243" t="s">
+        <v>17</v>
+      </c>
+      <c r="I243" t="s">
+        <v>17</v>
+      </c>
+      <c r="J243" t="s">
+        <v>17</v>
+      </c>
+      <c r="K243" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="244" spans="1:11">
+      <c r="A244">
+        <v>241</v>
+      </c>
+      <c r="B244" t="s">
+        <v>627</v>
+      </c>
+      <c r="C244" t="s">
+        <v>628</v>
+      </c>
+      <c r="D244" t="s">
+        <v>14</v>
+      </c>
+      <c r="E244" t="s">
+        <v>15</v>
+      </c>
+      <c r="F244" t="s">
+        <v>16</v>
+      </c>
+      <c r="G244" t="s">
+        <v>17</v>
+      </c>
+      <c r="H244" t="s">
+        <v>17</v>
+      </c>
+      <c r="I244" t="s">
+        <v>17</v>
+      </c>
+      <c r="J244" t="s">
+        <v>17</v>
+      </c>
+      <c r="K244" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="245" spans="1:11">
+      <c r="A245">
+        <v>242</v>
+      </c>
+      <c r="B245" t="s">
+        <v>629</v>
+      </c>
+      <c r="C245" t="s">
+        <v>630</v>
+      </c>
+      <c r="D245" t="s">
+        <v>356</v>
+      </c>
+      <c r="E245" t="s">
+        <v>15</v>
+      </c>
+      <c r="F245" t="s">
+        <v>16</v>
+      </c>
+      <c r="G245" t="s">
+        <v>17</v>
+      </c>
+      <c r="H245" t="s">
+        <v>17</v>
+      </c>
+      <c r="I245" t="s">
+        <v>17</v>
+      </c>
+      <c r="J245" t="s">
+        <v>17</v>
+      </c>
+      <c r="K245" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="246" spans="1:11">
+      <c r="A246">
+        <v>243</v>
+      </c>
+      <c r="B246" t="s">
+        <v>631</v>
+      </c>
+      <c r="C246" t="s">
+        <v>632</v>
+      </c>
+      <c r="D246" t="s">
+        <v>633</v>
+      </c>
+      <c r="E246" t="s">
+        <v>15</v>
+      </c>
+      <c r="F246" t="s">
+        <v>16</v>
+      </c>
+      <c r="G246" t="s">
+        <v>17</v>
+      </c>
+      <c r="H246" t="s">
+        <v>17</v>
+      </c>
+      <c r="I246" t="s">
+        <v>17</v>
+      </c>
+      <c r="J246" t="s">
+        <v>22</v>
+      </c>
+      <c r="K246" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="247" spans="1:11">
+      <c r="A247">
+        <v>244</v>
+      </c>
+      <c r="B247" t="s">
+        <v>634</v>
+      </c>
+      <c r="C247" t="s">
+        <v>635</v>
+      </c>
+      <c r="D247" t="s">
+        <v>636</v>
+      </c>
+      <c r="E247" t="s">
+        <v>15</v>
+      </c>
+      <c r="F247" t="s">
+        <v>16</v>
+      </c>
+      <c r="G247" t="s">
+        <v>17</v>
+      </c>
+      <c r="H247" t="s">
+        <v>17</v>
+      </c>
+      <c r="I247" t="s">
+        <v>17</v>
+      </c>
+      <c r="J247" t="s">
+        <v>22</v>
+      </c>
+      <c r="K247" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="248" spans="1:11">
+      <c r="A248">
+        <v>245</v>
+      </c>
+      <c r="B248" t="s">
+        <v>637</v>
+      </c>
+      <c r="C248" t="s">
+        <v>638</v>
+      </c>
+      <c r="D248" t="s">
+        <v>639</v>
+      </c>
+      <c r="E248" t="s">
+        <v>15</v>
+      </c>
+      <c r="F248" t="s">
+        <v>16</v>
+      </c>
+      <c r="G248" t="s">
+        <v>17</v>
+      </c>
+      <c r="H248" t="s">
+        <v>17</v>
+      </c>
+      <c r="I248" t="s">
+        <v>17</v>
+      </c>
+      <c r="J248" t="s">
+        <v>17</v>
+      </c>
+      <c r="K248" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="249" spans="1:11">
+      <c r="A249">
+        <v>246</v>
+      </c>
+      <c r="B249" t="s">
+        <v>640</v>
+      </c>
+      <c r="C249" t="s">
+        <v>641</v>
+      </c>
+      <c r="D249" t="s">
+        <v>642</v>
+      </c>
+      <c r="E249" t="s">
+        <v>15</v>
+      </c>
+      <c r="F249" t="s">
+        <v>16</v>
+      </c>
+      <c r="G249" t="s">
+        <v>17</v>
+      </c>
+      <c r="H249" t="s">
+        <v>17</v>
+      </c>
+      <c r="I249" t="s">
+        <v>17</v>
+      </c>
+      <c r="J249" t="s">
+        <v>17</v>
+      </c>
+      <c r="K249" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="250" spans="1:11">
+      <c r="A250">
+        <v>247</v>
+      </c>
+      <c r="B250" t="s">
+        <v>643</v>
+      </c>
+      <c r="C250" t="s">
+        <v>644</v>
+      </c>
+      <c r="D250" t="s">
+        <v>645</v>
+      </c>
+      <c r="E250" t="s">
+        <v>15</v>
+      </c>
+      <c r="F250" t="s">
+        <v>16</v>
+      </c>
+      <c r="G250" t="s">
+        <v>17</v>
+      </c>
+      <c r="H250" t="s">
+        <v>17</v>
+      </c>
+      <c r="I250" t="s">
+        <v>17</v>
+      </c>
+      <c r="J250" t="s">
+        <v>22</v>
+      </c>
+      <c r="K250" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11">
+      <c r="A251">
+        <v>248</v>
+      </c>
+      <c r="B251" t="s">
+        <v>646</v>
+      </c>
+      <c r="C251" t="s">
+        <v>647</v>
+      </c>
+      <c r="D251" t="s">
+        <v>14</v>
+      </c>
+      <c r="E251" t="s">
+        <v>15</v>
+      </c>
+      <c r="F251" t="s">
+        <v>16</v>
+      </c>
+      <c r="G251" t="s">
+        <v>17</v>
+      </c>
+      <c r="H251" t="s">
+        <v>17</v>
+      </c>
+      <c r="I251" t="s">
+        <v>17</v>
+      </c>
+      <c r="J251" t="s">
+        <v>17</v>
+      </c>
+      <c r="K251" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11">
+      <c r="A252">
+        <v>249</v>
+      </c>
+      <c r="B252" t="s">
+        <v>648</v>
+      </c>
+      <c r="C252" t="s">
+        <v>647</v>
+      </c>
+      <c r="D252" t="s">
+        <v>14</v>
+      </c>
+      <c r="E252" t="s">
+        <v>15</v>
+      </c>
+      <c r="F252" t="s">
+        <v>16</v>
+      </c>
+      <c r="G252" t="s">
+        <v>17</v>
+      </c>
+      <c r="H252" t="s">
+        <v>17</v>
+      </c>
+      <c r="I252" t="s">
+        <v>17</v>
+      </c>
+      <c r="J252" t="s">
+        <v>17</v>
+      </c>
+      <c r="K252" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11">
+      <c r="A253">
+        <v>250</v>
+      </c>
+      <c r="B253" t="s">
+        <v>649</v>
+      </c>
+      <c r="C253" t="s">
+        <v>647</v>
+      </c>
+      <c r="D253" t="s">
+        <v>14</v>
+      </c>
+      <c r="E253" t="s">
+        <v>15</v>
+      </c>
+      <c r="F253" t="s">
+        <v>16</v>
+      </c>
+      <c r="G253" t="s">
+        <v>17</v>
+      </c>
+      <c r="H253" t="s">
+        <v>17</v>
+      </c>
+      <c r="I253" t="s">
+        <v>17</v>
+      </c>
+      <c r="J253" t="s">
+        <v>17</v>
+      </c>
+      <c r="K253" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11">
+      <c r="A254">
+        <v>251</v>
+      </c>
+      <c r="B254" t="s">
+        <v>650</v>
+      </c>
+      <c r="C254" t="s">
+        <v>647</v>
+      </c>
+      <c r="D254" t="s">
+        <v>14</v>
+      </c>
+      <c r="E254" t="s">
+        <v>15</v>
+      </c>
+      <c r="F254" t="s">
+        <v>16</v>
+      </c>
+      <c r="G254" t="s">
+        <v>17</v>
+      </c>
+      <c r="H254" t="s">
+        <v>17</v>
+      </c>
+      <c r="I254" t="s">
+        <v>17</v>
+      </c>
+      <c r="J254" t="s">
+        <v>17</v>
+      </c>
+      <c r="K254" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11">
+      <c r="A255">
+        <v>252</v>
+      </c>
+      <c r="B255" t="s">
+        <v>651</v>
+      </c>
+      <c r="C255" t="s">
+        <v>647</v>
+      </c>
+      <c r="D255" t="s">
+        <v>14</v>
+      </c>
+      <c r="E255" t="s">
+        <v>15</v>
+      </c>
+      <c r="F255" t="s">
+        <v>16</v>
+      </c>
+      <c r="G255" t="s">
+        <v>17</v>
+      </c>
+      <c r="H255" t="s">
+        <v>17</v>
+      </c>
+      <c r="I255" t="s">
+        <v>17</v>
+      </c>
+      <c r="J255" t="s">
+        <v>17</v>
+      </c>
+      <c r="K255" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11">
+      <c r="A256">
+        <v>253</v>
+      </c>
+      <c r="B256" t="s">
+        <v>652</v>
+      </c>
+      <c r="C256" t="s">
+        <v>647</v>
+      </c>
+      <c r="D256" t="s">
+        <v>14</v>
+      </c>
+      <c r="E256" t="s">
+        <v>15</v>
+      </c>
+      <c r="F256" t="s">
+        <v>16</v>
+      </c>
+      <c r="G256" t="s">
+        <v>17</v>
+      </c>
+      <c r="H256" t="s">
+        <v>17</v>
+      </c>
+      <c r="I256" t="s">
+        <v>17</v>
+      </c>
+      <c r="J256" t="s">
+        <v>17</v>
+      </c>
+      <c r="K256" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="257" spans="1:11">
+      <c r="A257">
+        <v>254</v>
+      </c>
+      <c r="B257" t="s">
+        <v>653</v>
+      </c>
+      <c r="C257" t="s">
+        <v>647</v>
+      </c>
+      <c r="D257" t="s">
+        <v>14</v>
+      </c>
+      <c r="E257" t="s">
+        <v>15</v>
+      </c>
+      <c r="F257" t="s">
+        <v>16</v>
+      </c>
+      <c r="G257" t="s">
+        <v>17</v>
+      </c>
+      <c r="H257" t="s">
+        <v>17</v>
+      </c>
+      <c r="I257" t="s">
+        <v>17</v>
+      </c>
+      <c r="J257" t="s">
+        <v>17</v>
+      </c>
+      <c r="K257" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="258" spans="1:11">
+      <c r="A258">
+        <v>255</v>
+      </c>
+      <c r="B258" t="s">
+        <v>654</v>
+      </c>
+      <c r="C258" t="s">
+        <v>647</v>
+      </c>
+      <c r="D258" t="s">
+        <v>14</v>
+      </c>
+      <c r="E258" t="s">
+        <v>15</v>
+      </c>
+      <c r="F258" t="s">
+        <v>16</v>
+      </c>
+      <c r="G258" t="s">
+        <v>17</v>
+      </c>
+      <c r="H258" t="s">
+        <v>17</v>
+      </c>
+      <c r="I258" t="s">
+        <v>17</v>
+      </c>
+      <c r="J258" t="s">
+        <v>17</v>
+      </c>
+      <c r="K258" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="259" spans="1:11">
+      <c r="A259">
+        <v>256</v>
+      </c>
+      <c r="B259" t="s">
+        <v>655</v>
+      </c>
+      <c r="C259" t="s">
+        <v>656</v>
+      </c>
+      <c r="D259" t="s">
+        <v>657</v>
+      </c>
+      <c r="E259" t="s">
+        <v>15</v>
+      </c>
+      <c r="F259" t="s">
+        <v>16</v>
+      </c>
+      <c r="G259" t="s">
+        <v>22</v>
+      </c>
+      <c r="H259" t="s">
+        <v>22</v>
+      </c>
+      <c r="I259" t="s">
+        <v>22</v>
+      </c>
+      <c r="J259" t="s">
+        <v>22</v>
+      </c>
+      <c r="K259" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>